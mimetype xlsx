--- v0 (2026-01-26)
+++ v1 (2026-03-19)
@@ -51,63 +51,63 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo nº 1 de 2026</t>
   </si>
   <si>
     <t>Fabio Staniszewski Machiavelli - Prefeito Municipal</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REMUNERAÇÃO DOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE ANTONIO OLINTO, ALTERA O ART, 62 DA LEI Nº 789/2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo nº 2 de 2026</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO I DA LEI MUNICIPAL Nº510/1999, PARA MODIFICAR O SÍMBOLO DOS CARGOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>MESA DIRETORA - MD</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A CORREÇÃO INFLACIONÁRIA E REAJUSTE DOS VENCIMENTOS DOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO, FUNÇÃO GRATIFICADA E AUXILIO ALIMENTAÇÃO DA CÂMARA MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>Projeto de Lei Ordinária Poder Executivo nº 3 de 2026</t>
   </si>
   <si>
     <t>"CONCEDE RECOMPOSIÇÃO INFLACIONÁRIA E GANHO REAL AOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL DE ANTONIO OLINTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
-  </si>
-[...7 lines deleted...]
-    <t>"DISPÕE SOBRE A CORREÇÃO INFLACIONÁRIA E REAJUSTE DOS VENCIMENTOS DOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO, FUNÇÃO GRATIFICADA E AUXILIO ALIMENTAÇÃO DA CÂMARA MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -475,80 +475,80 @@
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>1162</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>