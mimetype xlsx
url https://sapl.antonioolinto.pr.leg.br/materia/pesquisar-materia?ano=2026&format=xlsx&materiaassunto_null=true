--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -10,140 +10,358 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="98">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/projeto_legislativo_01-2026_000056.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/projeto_legislativo_01-2026_000056.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CORREÇÃO INFLACIONÁRIA E REAJUSTE DOS VENCIMENTOS DOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO, FUNÇÃO GRATIFICADA E AUXILIO ALIMENTAÇÃO DA CÂMARA MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Fabio Staniszewski Machiavelli</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1169/lei_complementar_01_000073.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA O DISPOSITIVO DA LEI COMPLEMENTAR Nº 21, DE 27 DE jUNHO DE 2025, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Jurandir Ferreira Alves</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1173/mocao_bolacha_000098.pdf</t>
+  </si>
+  <si>
+    <t>a Moção de Pesar “Dirigida ao Senhor João Josmar Afonso Ferreira”.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>INDV</t>
+  </si>
+  <si>
+    <t>Indicação Verbal</t>
+  </si>
+  <si>
+    <t>João Issacard Borba</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1166/01.docx</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, por meio do Setor de Obras, sejam realizados serviços de reforma na estrada municipal da comunidade do Mato Preto._x000D_
+A indicação solicita, a reforma ou substituição da ponte localizada em frente à propriedade do Sr. Luciano, na referida comunidade, tendo em vista que a mesma vem dificultando a passagem de maquinários agrícolas, prejudicando produtores e demais usuários da via._x000D_
+Solicita-se ainda o alargamento da estrada, uma vez que maquinários agrícolas de maior porte não conseguem trafegar pelo local, causando transtornos à população que utiliza diariamente essa importante via municipal.</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1167/02.docx</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do Setor de Agricultura, seja dado andamento ao SIM Municipal – Serviço de Inspeção Municipal._x000D_
+A solicitação se faz necessária em razão de que vários produtores do município procuraram este Vereador, e voltaram a procurar, solicitando providências quanto ao SIM, uma vez que o serviço já existe no município, porém necessita ser adequado à nova legislação vigente._x000D_
+O SIM é fundamental para que os produtores possam comercializar seus produtos em locais públicos, garantindo legalidade, segurança alimentar e melhores condições para o desenvolvimento da produção local.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1168/03.docx</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que sejam adotadas as providências necessárias para a instalação de placa de identificação da rua que dá acesso à Igreja Ucraniana, a qual já foi devidamente nominada por lei._x000D_
+A solicitação se faz necessária para que o município possa orientar turistas e visitantes que vêm ao município, indicando corretamente o acesso à Igreja Ucraniana, ponto de grande valor histórico, cultural e religioso. Sugere-se que a placa seja instalada no início do calçamento que dá acesso à referida igreja.  _x000D_
+Sugere-se ainda que, sendo possível, seja implantado um portal de identificação, nominando a entrada, com o objetivo de valorizar e destacar a Igreja Ucraniana, fortalecendo o turismo cultural e religioso do município.</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Marcos Aurélio Húpalo</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1170/04.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, por meio do Setor de Obras, verifique e providencie melhorias na encruzilhada, em frente à casa da “Belinha” que dá acesso à Comunidade da Campina._x000D_
+A solicitação se justifica devido à ocorrência de diversos acidentes, ocasionados pela lombada muito baixa e pela falta de sinalização, especialmente quanto à via preferencial, conforme relatos da comunidade._x000D_
+Diante disso, requer-se que as providências necessárias sejam adotadas com urgência, a fim de evitar novos acidentes e garantir a segurança dos usuários da via.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1171/05.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do Setor de Obras, providencie a construção de lombadas na Rua Valdemar Train._x000D_
+A solicitação atende a pedido dos moradores da referida via, que relatam o tráfego em alta velocidade, colocando em risco a segurança da população, especialmente de crianças que circulam pelo local, principalmente aquelas que saem da quadra sintética._x000D_
+Diante disso, solicita-se, se possível, a instalação de duas lombadas, visando garantir maior segurança e prevenir acidentes.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Marcia de Pauli</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1172/06.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, por meio do Setor Competente, providencie a limpeza da quadra e do parquinho da Comunidade do Posto Train._x000D_
+Solicita-se ainda que seja realizada reforma na quadra, tendo em vista a existência de ferros pontudos e soltos, os quais representam risco à segurança das pessoas que utilizam o espaço. Diante da situação, requer-se que as providências sejam adotadas com urgência, a fim de garantir um ambiente seguro e adequado à comunidade.</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Emerson José Barão</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1174/indicacoes_emerson_kit_escolares.docx</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do setor competente, seja realizada a inclusão dos materiais escolares que atualmente são solicitados aos pais na lista de aquisição e entrega realizada pelo Município._x000D_
+A solicitação se faz necessária tendo em vista que, recentemente, foi realizada a entrega dos materiais escolares fornecidos pelo Município, projeto este de grande importância e relevância para a comunidade. No entanto, durante a entrega, diversos pais questionaram a necessidade da compra de materiais adicionais exigidos pelas unidades escolares. A inclusão desses itens na aquisição realizada pela Prefeitura permitirá que todos os alunos recebam o kit completo, garantindo alívio financeiro às famílias.</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Marinaldo Schmidt Lemes</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1175/indicacoes_marinaldo_ponto_2.docx</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do setor competente, proceda à construção do ponto de ônibus localizado nas proximidades da residência da Sra. Tereza Kuczera._x000D_
+A presente solicitação se faz necessária tendo em vista que a indicação já foi realizada anteriormente, porém a obra ainda não foi executada. Ressaltamos que, devido à inexistência do abrigo, as crianças que utilizam diariamente o transporte escolar acabam se molhando em dias de chuva.</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1176/09.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do setor competente, preste esclarecimentos acerca da distribuição dos porcos da raça Moura aos moradores do Faxinal da Água Amarela de Cima. A presente solicitação se faz necessária tendo em vista que diversos moradores procuraram este Vereador relatando que não foram contemplados com o recebimento dos animais, bem como não possuem informações sobre os critérios utilizados para cadastro e seleção dos beneficiários. Ressalta-se que grande parte dos moradores do faxinal afirma não ter sido contemplada.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1177/10.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através do setor competente, providencie a manutenção do parquinho da cidade, bem como, se possível, a instalação de iluminação em todos os parquinhos e academias ao ar livre do município._x000D_
+A presente solicitação se faz necessária tendo em vista que a comunidade vem cobrando melhorias e relatando a necessidade de manutenção dos equipamentos do parquinho. Além disso, a instalação de iluminação nos parquinhos e academias ao ar livre proporcionará mais segurança aos usuários, possibilitando a utilização desses espaços também no período noturno.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1178/11.pdf</t>
+  </si>
+  <si>
+    <t>Solicitou ao Poder Executivo que, através do setor competente, providencie a limpeza da caixa d’água comunitária localizada atrás da propriedade do Sr. Tinho Kurpiel, na região do Pedroso. A presente solicitação se faz necessária tendo em vista que o vereador foi procurado por moradores da comunidade, que utilizam essa caixa d’água comunitária. A limpeza é necessária para garantir melhores condições de uso da água, beneficiando principalmente os agricultores e demais moradores da localidade que fazem uso da referida caixa d’água.</t>
+  </si>
+  <si>
     <t>1161</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo</t>
   </si>
   <si>
-    <t>Fabio Staniszewski Machiavelli</t>
-[...2 lines deleted...]
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1161/projeto_executivo_01-2026.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1161/projeto_executivo_01-2026.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REMUNERAÇÃO DOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE ANTONIO OLINTO, ALTERA O ART, 62 DA LEI Nº 789/2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1162/projeto_executivo_02-2026_000052.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1162/projeto_executivo_02-2026_000052.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO I DA LEI MUNICIPAL Nº510/1999, PARA MODIFICAR O SÍMBOLO DOS CARGOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1163/projeto_executivo_03-2026_000053.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1163/projeto_executivo_03-2026_000053.pdf</t>
   </si>
   <si>
     <t>"CONCEDE RECOMPOSIÇÃO INFLACIONÁRIA E GANHO REAL AOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL DE ANTONIO OLINTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1165/pl_04-2026_000058.pdf</t>
+  </si>
+  <si>
+    <t>"ATUALIZA O PISO SALARIAL DOS PROFESSORES DA REDE PÚBLICA MUNICIPAL DE EDUCAÇÃO PARA O EXERCÍCIO DE 2026".</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1179/pl_05-2026_000100.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE ANTONIO OLINTO A REALIZAR AÇÕES INSTITUCIONAIS DE VALORIZAÇÃO E INTEGRAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, INCLUSIVE MEDIANTE FORNECIMENTO EVENTUAL DE EVENTUAL DE LEMBRANÇAS SIMBÓLICAS DE PEQUENO VALOR, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1180/pl_06-2026_000101.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA A LEI MUNICIPAL Nº 1.079 DE 23 DE OUTUBRO DE 2025, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -447,68 +665,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/projeto_legislativo_01-2026_000056.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1161/projeto_executivo_01-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1162/projeto_executivo_02-2026_000052.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1163/projeto_executivo_03-2026_000053.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/projeto_legislativo_01-2026_000056.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1169/lei_complementar_01_000073.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1173/mocao_bolacha_000098.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1166/01.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1167/02.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1168/03.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1170/04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1171/05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1172/06.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1174/indicacoes_emerson_kit_escolares.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1175/indicacoes_marinaldo_ponto_2.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1176/09.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1177/10.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1178/11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1161/projeto_executivo_01-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1162/projeto_executivo_02-2026_000052.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1163/projeto_executivo_03-2026_000053.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1165/pl_04-2026_000058.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1179/pl_05-2026_000100.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2026/1180/pl_06-2026_000101.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="227" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -553,100 +771,532 @@
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H15" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="G16" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>19</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H17" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" t="s">
+        <v>19</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>19</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>