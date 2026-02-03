--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1503" uniqueCount="688">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1511" uniqueCount="692">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2021,50 +2021,63 @@
   <si>
     <t>Solicitando ao Poder Executivo que, através do setor competente, providencie o patrolamento e o empedramento das estradas secundárias situadas na comunidade de Água Amarela de Baixo, Água Amarela do Meio e Água Amarela de Cima._x000D_
 A presente solicitação se faz necessária tendo em vista que as estradas se encontram em condições precárias, dificultando o tráfego de veículos, o deslocamento dos moradores._x000D_
 Diante disso, reforçamos a importância de que a demanda seja atendida com a devida atenção e prioridade, garantindo melhores condições de mobilidade, segurança e qualidade de vida aos munícipes que residem e transitam pela localidade.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo que, por meio do Setor de Obras, seja construída um bueiro na comunidade de Santos Andrade, nas proximidades da residência do senhor Floriano Staunetchey._x000D_
            A presente solicitação justifica-se pelo fato de que o referido acesso atende diversas propriedades da região e, embora a estrada seja frequentemente recuperada pelo  município, a ausência de um bueiro faz com que, a cada chuva, a água acabe danificando e desmanchando o trabalho realizado pela Prefeitura._x000D_
 Moradores e agricultores que utilizam diariamente a via, inclusive aqueles que possuem lavouras próximas às propriedades do senhor Francisco Monteiro e do senhor Toninho, relataram as dificuldades enfrentadas. Trata-se de uma estrada de grande importância para a comunidade, especialmente para o escoamento da produção agrícola e para o deslocamento das famílias que ali residem.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>solicitando ao Poder Executivo que o setor competente estude a possibilidade de fechar a passagem existente ao lado do parquinho localizado nas proximidades do Campo Municipal._x000D_
                A presente solicitação decorre de reivindicações de moradores, que relataram ao vereador a situação de risco enfrentada pelas crianças que utilizam o parquinho. Embora tenha sido realizada a abertura da rua e a instalação de meio-fio, o local não se caracteriza como via de circulação. No entanto, motociclistas têm passado pelo trecho em alta velocidade, colocando em perigo as crianças que brincam ali diariamente. Ressalta-se, ainda, que o próprio vereador, enquanto acompanhava seu filho no parquinho, presenciou motociclistas transitando pelo local em alta velocidade, comprovando a gravidade da situação.</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/97.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo que, através setor de Obras, seja providenciada a reposição de areia no campinho da comunidade da Lagoa da Cruz, localizado em frente ao Mercado Lima, uma vez que o local já se encontra com a terra exposta devido à falta de areia._x000D_
+A presente Indicação, se faz necessária visando proporcionar melhores condições para as crianças que utilizam o espaço para lazer, com segurança.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º INCISO I DA LEI 929/2021 DE 11/08/2021, CONSIDERANDO A NECESSIDADE DE ADEQUAÇÃO DO PERÍODO DE CONTRATAÇÕES TEMPORÁRIAS À NECESSIDADE DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/976/pl_02-2025_executivo.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº510/99, QUE CRIA CARGOS PÚBLICOS, ALTERA OS PADRÕES DE VENCIMENTO DOS CARGOS DO MUNICÍPIO DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>977</t>
   </si>
@@ -2610,56 +2623,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_decreto_legislativo_01-2025_15082025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/978/pl_01-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/pl_02-2025_assinado02062025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/pl_03-2025_do_leg._-_denominacao_do_posto_de_saude_do_lavador_1.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_complementar_01_revisto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/plc_02-2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/plc_03-2025_num11112025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/plc_04-2025_num11112025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_emenda_a_lei_organica_01-202506012025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/plom18032025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/mocao_0127062025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_0227062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_03-2025_-_aplausos_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/mocao_04-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/mocao_05-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/mocao_06-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/01_-_requerimento_ricardo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/02_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/03_-_requerimento_03-2025_-_emerson_2.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/04_-_requerimento_04-2025_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/05_-_requerimento_05-2025_-_ricardo_1.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/06_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/07_-_requerimento__emerson.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/08_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/requerimento_09-2025_21082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/10_-_requerimento_10-2025_-_marinaldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_11-2025__24112025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/975/01.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/979/02.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/980/03.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/981/04.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/982/05.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/986/06.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/987/07.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/988/08.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/990/09.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/991/10.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/992/11.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/993/12.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/997/13.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/998/14.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/15.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/16.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/17.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/18.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/03_-_requerimento_03-2025_-_emerson_2.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/21.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/22.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/23.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/24.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/25.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/26.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/27.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/28.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/29.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/30.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/31.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/32.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/33.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/34.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_35-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/36.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/983/01.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/984/02.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/985/03.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/994/04.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/995/05.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/996/06.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/999/07.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/08.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/09.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/11.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/12.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/13.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/14.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/15.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/16.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/17.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/18.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/19.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/20.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/21.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/22.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/23.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/24.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/25.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/26.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/27.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/28.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/29.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/30.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/31.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/32.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/33.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/34.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/35.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/36.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/37.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/38.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/39.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/40.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/41.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/42.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/43.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/44.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/45.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/47.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/48.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/49.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/50.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/51.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/52.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/53.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/54.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/57.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/58.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/59.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/60.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/61.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/62.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/63_indicacoes_joao_issacard_borba_lampadas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/64_indicacoes_joao_issacard_borba_lavador.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/65.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/66.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/67.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/68.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/69.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/70.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/71.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/72.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/73.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/74.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/75.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/76.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/77.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/78.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/79.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/80.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/81.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/82.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/83.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/84.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/85.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/86.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_verbal_87-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_verbal_88-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_verbal_90-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_verbal_91-2025_felix12112025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_verbal_92-2025_marcos_huplo12112025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/93.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/94.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/976/pl_02-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/977/pl_03-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/989/pl_04-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/pl_07-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_08-202522042025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_09-202502062025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/pl_10-202526052025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/pl_12-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_13-2025_04072025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/pl_14-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/pl_15_-2025_21082025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_diretores.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/17.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/pl_18-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/pl_19-2025_executivo02102025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/pl_20-2025_executivo02102025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_21-2025_01102025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/pl_22-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/pl_23-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/pl_24-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/pl_25-2025_11112025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/pl_26-2025_24112025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/pl_27-2025_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_decreto_legislativo_01-2025_15082025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/978/pl_01-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/pl_02-2025_assinado02062025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/pl_03-2025_do_leg._-_denominacao_do_posto_de_saude_do_lavador_1.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_complementar_01_revisto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/plc_02-2025.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/plc_03-2025_num11112025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/plc_04-2025_num11112025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_emenda_a_lei_organica_01-202506012025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/plom18032025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/mocao_0127062025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_0227062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_03-2025_-_aplausos_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/mocao_04-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/mocao_05-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/mocao_06-2025_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/01_-_requerimento_ricardo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/02_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/03_-_requerimento_03-2025_-_emerson_2.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/04_-_requerimento_04-2025_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/05_-_requerimento_05-2025_-_ricardo_1.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/06_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/07_-_requerimento__emerson.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/08_-_requerimento_emerson.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/requerimento_09-2025_21082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/10_-_requerimento_10-2025_-_marinaldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_11-2025__24112025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/975/01.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/979/02.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/980/03.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/981/04.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/982/05.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/986/06.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/987/07.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/988/08.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/990/09.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/991/10.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/992/11.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/993/12.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/997/13.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/998/14.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/15.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/16.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/17.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/18.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/03_-_requerimento_03-2025_-_emerson_2.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/21.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/22.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/23.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/24.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/25.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/26.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/27.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/28.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/29.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/30.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/31.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/32.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/33.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/34.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_35-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/36.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/983/01.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/984/02.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/985/03.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/994/04.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/995/05.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/996/06.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/999/07.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/08.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/09.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/11.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/12.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/13.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/14.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/15.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/16.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/17.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/18.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/19.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/20.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/21.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/22.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/23.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/24.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/25.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/26.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/27.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/28.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/29.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/30.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/31.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/32.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/33.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/34.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/35.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/36.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/37.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/38.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/39.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/40.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/41.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/42.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/43.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/44.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/45.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/47.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/48.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/49.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/50.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/51.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/52.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/53.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/54.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/57.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/58.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/59.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/60.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/61.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/62.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/63_indicacoes_joao_issacard_borba_lampadas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/64_indicacoes_joao_issacard_borba_lavador.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/65.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/66.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/67.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/68.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/69.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/70.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/71.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/72.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/73.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/74.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/75.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/76.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/77.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/78.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/79.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/80.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/81.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/82.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/83.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/84.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/85.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/86.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_verbal_87-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_verbal_88-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_verbal_90-2025_12112025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_verbal_91-2025_felix12112025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_verbal_92-2025_marcos_huplo12112025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/93.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/94.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/97.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/976/pl_02-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/977/pl_03-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/989/pl_04-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/pl_07-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/projeto_de_lei_08-202522042025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_09-202502062025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/pl_10-202526052025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/pl_12-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_13-2025_04072025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/pl_14-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/pl_15_-2025_21082025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_diretores.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/17.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/pl_18-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/pl_19-2025_executivo02102025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/pl_20-2025_executivo02102025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_21-2025_01102025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/pl_22-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/pl_23-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/pl_24-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/pl_25-2025_11112025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/pl_26-2025_24112025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/pl_27-2025_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H188"/>
+  <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="144.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6824,739 +6837,765 @@
       </c>
       <c r="D161" t="s">
         <v>265</v>
       </c>
       <c r="E161" t="s">
         <v>266</v>
       </c>
       <c r="F161" t="s">
         <v>129</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H161" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>609</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>610</v>
       </c>
       <c r="D162" t="s">
-        <v>610</v>
+        <v>265</v>
       </c>
       <c r="E162" t="s">
+        <v>266</v>
+      </c>
+      <c r="F162" t="s">
+        <v>91</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="H162" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>613</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E163" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F163" t="s">
         <v>35</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>614</v>
+        <v>52</v>
       </c>
       <c r="H163" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D164" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E164" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F164" t="s">
         <v>35</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H164" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="D165" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E165" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F165" t="s">
         <v>35</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H165" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="D166" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E166" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F166" t="s">
         <v>35</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>52</v>
+        <v>624</v>
       </c>
       <c r="H166" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D167" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E167" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F167" t="s">
         <v>35</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H167" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="D168" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E168" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F168" t="s">
         <v>35</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>627</v>
+        <v>52</v>
       </c>
       <c r="H168" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D169" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E169" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F169" t="s">
         <v>35</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H169" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D170" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E170" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F170" t="s">
         <v>35</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H170" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D171" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E171" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F171" t="s">
         <v>35</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H171" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D172" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E172" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F172" t="s">
         <v>35</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>52</v>
+        <v>640</v>
       </c>
       <c r="H172" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>164</v>
+        <v>123</v>
       </c>
       <c r="D173" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E173" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F173" t="s">
         <v>35</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>641</v>
+        <v>52</v>
       </c>
       <c r="H173" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D174" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E174" t="s">
-        <v>611</v>
+        <v>615</v>
+      </c>
+      <c r="F174" t="s">
+        <v>35</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H174" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D175" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E175" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>615</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H175" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D176" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E176" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F176" t="s">
         <v>35</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H176" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D177" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E177" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F177" t="s">
         <v>35</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="H177" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D178" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E178" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F178" t="s">
         <v>35</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H178" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D179" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E179" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F179" t="s">
         <v>35</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H179" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D180" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E180" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F180" t="s">
         <v>35</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H180" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D181" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E181" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H181" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D182" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E182" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F182" t="s">
         <v>35</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H182" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D183" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E183" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F183" t="s">
         <v>35</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H183" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D184" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E184" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F184" t="s">
         <v>35</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H184" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D185" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E185" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F185" t="s">
         <v>35</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H185" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D186" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E186" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F186" t="s">
         <v>35</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H186" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D187" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E187" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F187" t="s">
         <v>35</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H187" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D188" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E188" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F188" t="s">
         <v>35</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H188" t="s">
-        <v>687</v>
+        <v>688</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>689</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>225</v>
+      </c>
+      <c r="D189" t="s">
+        <v>614</v>
+      </c>
+      <c r="E189" t="s">
+        <v>615</v>
+      </c>
+      <c r="F189" t="s">
+        <v>35</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H189" t="s">
+        <v>691</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7704,50 +7743,51 @@
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>