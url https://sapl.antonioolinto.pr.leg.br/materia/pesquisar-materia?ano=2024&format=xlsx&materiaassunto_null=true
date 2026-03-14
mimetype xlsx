--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -54,1959 +54,1959 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ricardo Wisnieski Alves</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR OSWALDO RODRIGUES DE JESUS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFOCM - COMISSÃO DE FINANÇAS, ORÇAMENTO E CONTAS DO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/964/projeto_de_decreto_legislativo04122024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/964/projeto_de_decreto_legislativo04122024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE ANTONIO OLINTO/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2022, DE RESPONSABILIDADE DO GESTOR ALAN JAROS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/799/pl_01-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/799/pl_01-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CORREÇÃO INFLACIONÁRIA DOS VENCIMENTOS DOS CARGOS DE PROVIMENTO EFETIVO, EM COMISSÃO, FUNÇÃO GRATIFICADA E SUBSÍDIOS DOS AGENTES POLÍTICOS DA CÂMARA MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>José Joarez Iusviaki</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/800/pl_02-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/800/pl_02-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PARA CRIAÇÃO DO PROGRAMA DE VIVEIROS DE MUDAS, NO MUNICÍPIO DE ANTONIO OLINTO - PR".</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/808/pl_03-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/808/pl_03-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NA TUBULAÇÃO DE ABASTECIMENTO DE ÁGUA – SANEPAR- E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilciano Moreira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/809/pl_04-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/809/pl_04-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DA CAMPANHA PERMANENTE DE ORIENTAÇÃO, PREVENÇÃO E CONSCIENTIZAÇÃO DA DEPRESSÃO, TRANSTORNO DE ANSIEDADE E SÍMDROME DO PÂNICO NO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CUSTEAR A EXTENSÃO DA REDE DE SANEAMENTO BÁSICO NO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO, A CUSTEAR A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA NO MUNICÍPIO DE ANTONIO OLINTO/PR."</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/838/pl_07-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/838/pl_07-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO PROGRAMA MEDICAMENTO EM CASA NO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/846/pl_08-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/846/pl_08-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO PROGRAMA CESTA BÁSICA EM CASA NO MUNICÍPIO DE ANTONIO OLINTO/PR</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Wilson Napoleão Guenze</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DO DIA DA BÍBLIA NO MUNICÍPIO DE ANTONIO OLINTO. QUE SERÁ COMEMORADO NO DIA 30 DE SETEMBRO.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/871/pl_10-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/871/pl_10-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUBSIDIAR A PERFURAÇÃO E INSTALAÇÃO DE POÇOS SEMI ARTESIANOS PARA ABASTECIMENTO DE ÁGUA NAS RESIDÊNCIAS DOS MORADORES DAS ÁREAS RURAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/857/pl_11-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/857/pl_11-2024.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE PREFEITO, SECRETÁRIOS MUNICIPAIS, VEREADORES E PRESIDENTE DA CÂMARA PARA A LEGISLATURA 2025/2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/861/pl_12-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/861/pl_12-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>"AUTORIZA O FORNECIMENTO DE MEDICAMENTOS MEDIANTE A APRESENTAÇÃO DE RECEITAS PRESCRITAS POR MÉDICOS PARTICULARES NO ÂMBITO DA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>"RECONHECE OS RODEIOS CAMPEIROS E CAVALGADAS COMO PATRIMÔNIO CULTURAL, PRÁTICA ESPORTIVA E DE RELEVANTE IMPORTÂNCIA SOCIAL E ECONÔMICA PARA O MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/908/pl_15.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/908/pl_15.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CRIAÇÃO DE UM "ALBERGUE MUNICIPAL" NO MUNICÍPIO DE ANTONIO OLINTO/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/944/pl_16-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/944/pl_16-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE JUDITE TRAVINSKI, DO POSTO DE SAÚDE DO DISTRITO DA LAGOA DA CRUZ.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_17-202422052025.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_17-202422052025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO NAS LEIS MUNICIPAIS Nºs 863, DE 14 DE DEZEMBRO DE 2017 E 982, DE 03 DE JANEIRO DE 2023 PARA REAJUSTAR O VALOR DAS DIÁRIAS E AUXÍLIO ALIMENTAÇÃO DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/901/lei_complementar_19_2024_de_antonio_olinto_pr.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/901/lei_complementar_19_2024_de_antonio_olinto_pr.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR Nº 03/2013, QUE REGULA O USO E OCUPAÇÃO DE SOLO MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_resolucao_01-24.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_resolucao_01-24.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O ORGANOGRAMA, CONTROLE E REGISTRO DE JORNADA E INSTITUI O BANCO DE HORAS DOS SERVIDORES DA CÂMARA MUNICIPAL DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/955/pelom_01_-_202402122024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/955/pelom_01_-_202402122024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE NOMEAÇÃO DE CÔNJUGES, COMPANHEIROS E PARENTES CONSANGUÍNEOS, ASCENDENTES E DESCENDENTES, AFINS OU POR ADOÇÃO, PARA CARGOS COMISSIONADOS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/909/mocao.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/909/mocao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO CONGRESSO NACIONAL, EM RAZÃO DO  MOVIMENTO OFENSIVO AO CONSELHO FEDERAL DE MEDICINA.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/913/mocao_de_aplausos_03-2024_1.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/913/mocao_de_aplausos_03-2024_1.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS dirigida ao Pastor OSWALDO RODRIGUES DE JESUS, em manifestação de gratidão e apoio pelos relevantes serviços prestados à sociedade Olintense.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/919/mocao_04.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/919/mocao_04.pdf</t>
   </si>
   <si>
     <t>A presente MOÇÃO DE APLAUSOS pretende realizar uma singela homenagem, em manifestação de apoio aos estudantes GABRIELLY JOMEK STECH e ADRIAN HLADCHUK que obtiveram êxito nos estudos, alcançando altos níveis de conquistas, dentre as quais se destaca a contemplação no projeto da Secretaria de Educação do Estado do Paraná chamado “Ganhando o Mundo”.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/801/requerimento_01.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/801/requerimento_01.pdf</t>
   </si>
   <si>
     <t>* Foram contratados agentes de segurança privada para reforçar a segurança nas escolas municipais, tal como prevê a Lei Municipal nº 993, de 03 de maio de 2023?_x000D_
 * Se a resposta do item anterior for afirmativa, favor encaminhar cópia do contrato e/ou informar o estágio da contratação.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/802/requerimento_02.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/802/requerimento_02.pdf</t>
   </si>
   <si>
     <t>1)	Em relação a reforma da Escola Municipal João Francisco Siqueira da Lagoa da Cruz, quanto foi pago até o momento? Quanto da obra está concluído? _x000D_
 2)	A obra será finalizada pela mesma empresa contratada inicialmente ou por outra? _x000D_
 3)	há processo administrativo ou judicial em face da empresa por descumprimento contratual. Se sim favor apontar o n° deste(s)._x000D_
 4)	Qual é o planejamento da administração quanto aos próximos passos para a continuidade da obra?</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/803/requerimento_03.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/803/requerimento_03.pdf</t>
   </si>
   <si>
     <t>1)	Em relação as emendas impositivas para execução no exercício financeiro de 2023, em que fase de encontra o processo de licitação para aquisição de computadores para as escolas municipais? _x000D_
 2)	Já existe termo de referência? Já se sabe o valor estimado da contratação e quais escolas serão contempladas?</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/804/requerimento_04.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/804/requerimento_04.pdf</t>
   </si>
   <si>
     <t>1)	O Município tem realizado a cessão de uso gratuito de máquinas e equipamento para empresas instaladas em nosso território, conforme estabelece o art. 2°, IX da Lei Municipal n° 918 de 17 de março de 2021?_x000D_
 2)	Se a resposta for afirmativa, favor encaminhar cópia (preferencialmente digital) da íntegra de todos os processos administrativos e/ou procedimentos relativos à cessão de uso gratuito de máquinas e equipamentos no ano de 2023.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/805/requerimento_05.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/805/requerimento_05.pdf</t>
   </si>
   <si>
     <t>1)	Em relação a quadra de esportes do Posto Train, há previsão de investimentos no local?</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/810/requerimento_06-2024_-_ricardo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/810/requerimento_06-2024_-_ricardo.docx</t>
   </si>
   <si>
     <t>1)	Em relação ao processo seletivo regulado pelo Edital n° 01/2023, que busca a contratação de estagiários para os órgãos da prefeitura municipal, quantos foram as vagas preenchidas? Informar nominalmente, em ordem crescente todos os estagiários contratados em cada uma das formações exigidas._x000D_
 2)	A prefeitura irá contratar todos os aprovados dentro do número de vagas até o término da validade do referido certame?_x000D_
 3)	A prefeitura irá prorrogar a validade do referido processo seletivo?</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/813/requerimento_07-2024_-_gilciano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/813/requerimento_07-2024_-_gilciano.docx</t>
   </si>
   <si>
     <t>1)	Qual o custo total da revitalização da Rua Edgar Jorge Train Schafhauser? requer cópia integral do processo licitatório._x000D_
 2)	Quem fará a manutenção das flores da via e de qual maneira?</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/814/requerimento_08-2024_-_gilciano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/814/requerimento_08-2024_-_gilciano.docx</t>
   </si>
   <si>
     <t>•	Qual é o valor despendido pela municipalidade no exercício financeiro de 2023 para execução do Programa de Apoio Rural (PAR)? Favor encaminhar relação nominal dos beneficiários com descrição dos serviços realizados._x000D_
 •	Qual é a estrutura de maquinários destinados exclusivamente para atendimento do referido programa? _x000D_
 •	Existe cronograma de execução dos serviços prestados?</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/815/requerimento_09-2024_-_gilciano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/815/requerimento_09-2024_-_gilciano.docx</t>
   </si>
   <si>
     <t>1)	Houve repasses dos governos federal ou estadual para contratação de empresas ou outros agentes de segurança para as escolas municipais?</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_10-2024_-_ricardo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_10-2024_-_ricardo.docx</t>
   </si>
   <si>
     <t>Em relação ao esgotamento sanitário na Rua Julieta Mayer Guimarães, próximo ao quiosque do Miro, a Prefeitura Municipal está acompanhando a situação do despejo de esgoto a céu aberto?_x000D_
 2Quais foram as medidas tomadas e qual a solução dada ao problema? Qual o prazo para solução?</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_11-2024_-_ricardo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_11-2024_-_ricardo.docx</t>
   </si>
   <si>
     <t>O Poder Executivo implementou o pagamento do piso da enfermagem para os servidores públicos municipais?_x000D_
 Se a resposta do item anterior for positiva, a partir de quando? Se for negativa, existe estudo financeiro em andamento acerca da sua implantação?_x000D_
 Favor relacionar os servidores enfermeiros, auxiliares de enfermagem e parteiras contratados pelo município pertencentes ao quadro efetivo e temporários e suas respectivas remunerações.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_12-2024_-_ricardo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_12-2024_-_ricardo.docx</t>
   </si>
   <si>
     <t>O Município é proprietário de bem imóvel ao lado da igreja católica da comunidade do Imbuial onde possui uma casa de madeira em que no passado funcionou escola?_x000D_
 Se a resposta for afirmativa, há previsão de realização de serviços de manutenção como roçada e limpeza do local?</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/902/requerimento_13-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/902/requerimento_13-2024.pdf</t>
   </si>
   <si>
     <t>* Quais os valores destinados pelo Deputado Federal Toninho Wandscher dentro da atual Legislatura para pavimentações e investimentos em infraestrutura urbana no Município de Antonio Olinto? Favor especificar as receitas por exercício financeiro.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>Os servidores da saúde possuem ou possuíam até um passado recente seguro de vida? Se a resposta for afirmativa, favor indicar o nome da corretora e seguradora; a forma de contratação e bem como os valores pagos e se o referido seguro é custeado pelo Município e/ou pelos servidores ou ainda em coparticipação._x000D_
 Se foi interrompido, será retomado o referido seguro?</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>Qual é o valor despendido pela municipalidade no primeiro semestre do exercício financeiro de 2024 para execução do Programa de Apoio Rural (PAR)? Favor encaminhar relação nominal dos beneficiários com descrição dos serviços realizados, com indicação das datas de realização dos serviços e dos protocolos realizados._x000D_
 Favor disponibilizar e/ou informar local para acesso do cronograma de execução dos serviços a serem executados pelo referido programa no segundo semestre de 2024.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>O Município de Antonio Olinto mantém contrato/convênio com o Hospital e Maternidade Dr. Paulo Fortes de São Mateus do Sul? Se a resposta for afirmativa, favor informar quais são os valores repassados mensalmente, relação de serviços prestados e bem ainda a existência de eventual acordo com Ministério Público em torno do assunto._x000D_
 Favor ainda encaminhar o termo de contrato/convênio com a referida unidade hospitalar e bem ainda o termo de acordo com o Ministério Público, caso haja.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>Solicitando informações sobre o anúncio de construção do Centro de Cultura na Praça São José, se existe projeto de Engenharia? Em qual fase de Licitação para contratação de Empresa para execução do trabalho. Quais os Valores estimados. Qual a fonte, e se terá contrapartida de Recursos livres do Município.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/806/01.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/806/01.pdf</t>
   </si>
   <si>
     <t>A Presente indicação tem como objetivo Solicitar ao Poder Executivo, para que juntamente com o Setor competente, estudem com urgência a possibilidade se fixar placas em nas Ruas recém nomeadas, bem como em toda as ruas ainda não identificadas, no centro e nas comunidades do interior do Município.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/807/02.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/807/02.pdf</t>
   </si>
   <si>
     <t>A Presente indicação tem como objetivo Solicitar ao Poder Executivo, para que juntamente com o Setor competente, estudem com urgência a possibilidade da instalação de faixas elevadas para travessia de Pedestres na rua em frente aos colégios Monteiro Lobato, e Duque de Caxias, ou preferencialmente a alteração do sentido de Trânsito. Centro.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/816/03.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/816/03.pdf</t>
   </si>
   <si>
     <t>A Presente indicação tem como objetivo Solicitar ao Poder Executivo, para que o Setor de Obras, execute, ou para que seja oficiado a COPEL, reivindicando com urgência a poda de árvores nas ruas da Cidade. Centro.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/817/04.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/817/04.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração em na estrada da Serrinha, na comunidade de Lagoa da Cruz, bem como desde a Invernada, até a comunidade do Imbuial.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/818/05.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/818/05.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de restauração na ponte conhecida como “Ponte do Pimenta”, na estrada principal da comunidade Água Amarela de Baixo.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>Natálio Zildo Falcão</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/828/06.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/828/06.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras avalie a possibilidade de substituir uma tampa de uma “boca de lobo”, que encontra-se quebrada, na rua entre as propriedades do Sr. Sergio Diadio, e a Oficina do Pik. Centro._x000D_
 Justificou a presente Indicação, afirmando ser de grande importância devido ao grande fluxo de Pedestres e Ciclistas transitando no local, expostos ao rico de acidentes._x000D_
 Destacou ainda que vem através desta, atender várias reivindicações de moradores e usuários da referida via.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/829/07.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/829/07.docx</t>
   </si>
   <si>
     <t>A Presente indicação tem como objetivo Solicitar à Secretaria Municipal de Saúde, ampliar a Campanha Municipal de combate ao Mosquito da Dengue, inclusive nas Escolas, trabalhando a conscientização das Crianças. Justificou a extrema importância de presente Indicação, avaliando a situação alarmante do número de Pessoas contaminadas em todo País, o número crescente de Pessoas doentes e óbitos. Ressaltou que em pelo menos 05 Municípios da 6ª Regional de Saúde, existem casos confirmados segundo informações divulgadas. Destaca-se que as condições climáticas têm sido um fator favorável à proliferação do Mosquito transmissor, a principal forma de combate-lo é a prevenção, eliminando os Focos do Aedes Aegypti.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/835/08.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/835/08.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração em na estrada que dá acesso às propriedade do Srs. Marciano e Roger Nareski, e Miguelzinho, entre as comunidades de Terra Vermelha e Imbuial.                 _x000D_
 Justificou a necessidade de estar refazendo a presente Indicação, atendendo reivindicações de moradores quanto ao estado crítico da estrada, existe ainda uma ponte a qual já foi desentupida há tempos atrás, porém não resolveu o problema._x000D_
 Diante o exposto, sugere-se que seja talvez substituída essa existente, por um “bueirão”.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/836/09.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/836/09.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, possibilite a construção de um bueiro, na entrada que dá acesso à propriedade do Sr. Douglas Woitick, na “Estrada Velha”._x000D_
 Justificou a presente Indicação afirmando estar atendendo a reivindicação do Proprietário, o qual relatou ser de extrema necessidade a construção de um bueiro, para evitar que água das chuvas se acumulem na estrada. _x000D_
 Ressalta-se que além do que pede-se anteriormente, é de grande valia que seja realizado um trabalho de reestruturação em toda extensão da referida estrada garantindo aos usuários o direito básico de ir e vir.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/837/10.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/837/10.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração em toda extensão da estrada principal da comunidade do Imbuial.                                                                                              _x000D_
 Justificou a necessidade de estar refazendo a presente Indicação, justamente por ter pleno conhecimento da situação das estradas, bem como estar atendendo reivindicações de moradores, especialmente na estrada que dá acesso ao “Rancho do Zé”, próxima à Estância Alves, e no acesso à residência da Sra. Rosa e Darci, onde houve aparentemente um vazamento de água danificando a estrada;</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/839/11.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/839/11.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize melhorias em toda extensão da Rua José Woitick, no Distrito Lagoa da cruz. _x000D_
 Justificou a necessidade de estar refazendo a presente Indicação, afirmando já ser de conhecimento do Setor de Obras, a necessidade de melhorias em todas as entradas de acesso às residências em empresas no entorno na Via, especialmente próximo à residência da Sra. Tereza Kusma, onde a bitola da manilha é insuficiente para dar vasão ao volume de água das chuvas._x000D_
 Destacou ainda a carência de manutenção na Ponte que faz divisa com o Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/840/12.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/840/12.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de reestruturação na estrada próxima à Caixa de Água. Na comunidade de Posto Train._x000D_
 Justificou a necessidade de estar refazendo a presente Indicação, afirmando estar atendendo reivindicação de moradores e Usuários da referida via._x000D_
 Destacou ainda ao passar pelo local, percebeu a necessidade de desentupimento de um Bueiro, bem como manutenção em vários pontos da estrada.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/848/13.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/848/13.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras, seja feito um trabalho de reestruturação na estrada que liga a Pr. 281 na comunidade de Cerro Lindo, próximo à Antena. Até a comunidade de Arroio da Cruz, no Município de São Mateus do Sul.                                                                                                                                                                                                                                                                                                       _x000D_
 JUSTIFICATIVA: Justificou afirmando que a referida estrada, necessita de melhorias como, alargamento, patrolamento e colocação de pedras._x000D_
 Destacou ainda que após as fortes chuvas os problemas se agravaram o que requer imediato trabalho de recuperação.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/849/14.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/849/14.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que seja providenciado o serviço de pulverização para combate ao mosquito da Dengue nas Escolas Municipais e Particulares em nosso Município.	Justificou afirmando que Com essas ações, as crianças estarão protegidas do Aedes aegypti, Zika Vírus e Chicungunha, e até das formigas, pois normalmente estes venenos conseguem atingi-las._x000D_
  	Salienta-se que o intuito deste serviço é fazer com que as crianças fiquem em maior segurança e trazer mais de tranquilidade para os pais. _x000D_
 Para maior eficácia do serviço é de extrema importância a nebulização, que atinge um raio de até 600 metros ao redor da escola._x000D_
               Certo da compreensão de Vossa Excelência e dada a relevância da matéria, aguardo atendimento à presente sugestão.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/854/15.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/854/15.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que seja viabilizada a possibilidade da Aquisição de produtos usados no combate ao Mosquito da Dengue, com eles montar os “Kits Dengue”, para serem distribuídos à População, especialmente às crianças nas Escolas Municipais e Estaduais em nosso Município.	                                                                                                               _x000D_
 JUSTIFICATIVA: Justificou afirmando conhecer as várias ações da Secretaria da Saúde Municipal, porém é sabido da dificuldade que todo o País enfrenta para combater o avanço dos Casos de contaminação pelo mosquito Aedes Aegypti. Ressaltou que diante a gravidade da situação, pior em algumas Regiões do País, são necessárias ações conjuntas de toda a Sociedade, e do Poder Público, dentre elas, uma de grande valia seria a distribuição de repelentes e/ou produtos usados no Combate ao Inseto transmissor.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/855/16.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/855/16.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de ampla reestruturação na estrada principal, na comunidade da Campina.                                                                                                                _x000D_
 JUSTIFICATIVA_x000D_
 Justificou a necessidade de estar refazendo a presente Indicação, afirmando já ter sido objeto de Indicações Aprovadas em Sessões anteriores nesta Casa de Leis, reivindicando melhorias em alguns pontos específicos, porém afirmou haver a necessidade de um trabalho em toda extensão das estradas principais e Secundárias da referida Comunidade.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/856/17.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/856/17.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de ampla reestruturação nas estradas Principais e Secundárias, na comunidade de Lagoa da Cruz.                                                                                                                                                                                                                                                                                                                             JUSTIFICATIVA_x000D_
 Justificou a citando alguns trecho os quais requerem mais urgência: Desde a Pr. 281 próximo ao Portal, até a estrada da Serrinha, destacando as proximidades das residências dos Familiares Stempiniaki, onde necessita de alargamento e colocação de pedras seguindo até a estrada Velha, na Estrada secundária desde a propriedade do Sr. Dorval, passando pelo Sr. João Pietraski até a estrada principal da Serrinha, inclusive também alargamento e colocação de pedras.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/862/18.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/862/18.docx</t>
   </si>
   <si>
     <t>Solicitou para que o Poder Executivo, através do Setor de Obras, realize um trabalho de reestruturação na estrada principal, em frente às propriedades dos Sr. Jean e do Barbozinha, na comunidade de Água Amarela de Baixo.                                                                                                                                                                                                                                                                 _x000D_
 JUSTIFICATIVA_x000D_
 Justificou afirmando ter constatado em visitas na comunidade, bem como ter recebido reivindicações de moradores, através das quais requerem um trabalho de reestruturação desde a BR 476, até próximo às propriedades já citadas anteriormente.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/876/19.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/876/19.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras avalie a possibilidade de construir uma Lixeira comunitária, próxima à estrada na Vila Rural, comunidade do Serro Lindo._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações dos moradores locais, solicitando que seja construído mais próximo às residências, para facilitar a destinação correta de Lixo, bem como o trabalho dos profissionais do caminhão de coleta.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/877/20.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/877/20.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras substitua a cobertura do abrigo do ponto de ônibus, próximo à estrada Principal, na entrada que dá acesso às propriedades da Família Markiv, na comunidade do Santos Andrade._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações dos moradores locais, solicitando que seja reformado esta abrigo com a máxima urgência, visando proteger as Pessoas especialmente Crianças, enquanto aguardam o transporte.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/878/21.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/878/21.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através da Secretaria municipal de educação, estude a possibilidade de inserir assuntos referentes ao empreendedorismo nas escolas públicas municipais, buscando ajudar os estudantes a formarem futuras competências e habilidades empreendedoras._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a presente Indicação, prioriza a importância da inserção do empreendedorismo no sistema educacional pode-se destacar: ajudar os estudantes a formarem competências e habilidades empreendedoras; introduzir o conceito de empreendedorismo no currículo a fim de fazer com que o empreendedorismo seja considerado como carreira desde o ensino básico; e engajar professores como parceiros no empreendedorismo, estimulando-os a atuarem junto aos alunos na formação de competências e habilidades empreendedoras. Tais ações permitem tornar o empreendedorismo uma prática comum à sociedade desde sua base educativa, assim como ocorre com as demais profissões, dando, portanto, maior prestígio à prática empreendedora._x000D_
 Certo da compreensão de Vossa Excelência e dada a relevância da matéria, aguardo atendimento à presente sugestão.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/879/22.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/879/22.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através da Secretaria municipal de educação, estude a possibilidade de inserir na grade de matemática da rede municipal de ensino, noções de educação financeira desde os primeiros anos._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a presente Indicação, visando ajudar os alunos à desenvolverem competências e habilidades necessárias para lidarem com seu dinheiro ao longo da vida. A escola é um ambiente onde estudantes aprimoram sua capacidade cognitiva e também o conhecimento que lhes proporciona capacidade de administrar sua vida em sociedade. _x000D_
 A intenção da medida é trabalhar o tema desde cedo para que os alunos possam ter a oportunidade de aprender a fazer escolhas e descobrir formas de realização desses caminhos traçados de forma mais consciente._x000D_
 Certo da compreensão de Vossa Excelência e dada a relevância da matéria, aguardo atendimento à presente sugestão.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Marcos Antonio Veiga</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/884/23.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/884/23.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através do Setor Competente providencie algum profissional específico do Ramo, para capacitar a População interessada na emissão de notas Fiscais Eletrônicas._x000D_
 JUSTIFICATIVA:_x000D_
 A Nota Fiscal Eletrônica tem como objetivo a implantação de um modelo nacional de documento fiscal eletrônico para a substituição da sistemática atual de emissão do documento fiscal em papel que atualmente acoberta as operações com mercadorias entre as Empresas. _x000D_
 Tendo em vista várias vantagens com a implantação dessa nova regra, reduzindo custos, simplificando as obrigações assessórias dos contribuintes, e permitindo ainda o acompanhamento em tempo real das operações comerciais pelo Fisco._x000D_
 Vale porém ressaltar quanto necessidade da capacitação dos contribuintes, para que estejam aptos à realizar tal operação com segurança.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/885/24.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/885/24.docx</t>
   </si>
   <si>
     <t>Ao Poder Executivo Municipal, para que através da Secretaria de Assistência Social, seja elaborado um Projeto de Lei, que vise dar Assistência à Famílias vítimas de Incêndios Residenciais, reconstruindo as residências, bem como auxiliando na aquisição dos móveis, e demais objetos perdidos._x000D_
 JUSTIFICATIVA:_x000D_
 A importância da presente Indicação, se dá com referência aos constantes casos de Famílias que tem suas residências parcial, ou totalmente consumidas por incêndios, perdendo tudo o que conquistaram durante suas vidas, muitas vezes precisando recomeçar do Zero, contando unicamente com a própria força de vontade, com doações e/ou ajuda de voluntários.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/886/25.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/886/25.docx</t>
   </si>
   <si>
     <t>Opina-se ao Poder Público Municipal, para que seja estudada a possibilidade da contratação de um profissional responsável à auxiliar na emissão de notas Fiscais Eletrônicas, exclusivamente para atender os Produtores Rurais._x000D_
 JUSTIFICATIVA:_x000D_
 Tendo em vista obrigatoriedade da implantação do novo modelo nacional de documento fiscal eletrônico, para a substituição da sistemática atual de emissão do documento fiscal em papel que atualmente acoberta as operações com mercadorias entre as Empresários e Produtores rurais. _x000D_
  Porém denota-se que muitos contribuintes terão dificuldade principalmente no início da implantação do sistema, razão pela qual solicita-se a interferência do Poder Público. _x000D_
 Sugere-se através desta, a contratação de um Servidor, através do Poder Executivo, ou do Poder Legislativo, utilizando-se das vagas disponíveis em Cargos Comissionados, para emissão e impressão das notas gratuitamente.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/900/26.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/900/26.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras, providencie a reestruturação de um bueiro na estrada Principal, próximo à propriedade do Sr. Ilário Diadio, na comunidade do Espigão._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações dos moradores locais, especialmente do Senhor acima citado, solicitando que seja substituído o bueiro existente, que já encontra-se completamente destruído, e não oferece nenhuma segurança aos usuários. _x000D_
 Ressalta-se que a região é predominantemente agrícola, portanto local de grande tráfego para escoamento de safras, além de acesso às propriedades Rurais.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/905/27.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/905/27.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras, realize um amplo trabalho de restauração em um trecho da estrada da Serrinha, próximo à Igreja, na comunidade de Lagoa da Cruz.  _x000D_
 JUSTIFICATIVA: Justificou estar atendendo várias reivindicações de moradores, na Segunda feira, ao quais afirmam que passando na estrada acima citada, neste ponto específico existe um local no meio da subidinha, onde depende de um trabalho com uso de máquinas, para retirada do material argiloso, e colocação de pedras drenando para que elimine o acúmulo de água e barro visando garantir a trafegabilidade à População.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/907/28.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/907/28.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através do Setor Competente viabilize a fixação de placas de Sinalização informando os nomes de Ruas, e Numeração nas Residências no Município de Antonio Olinto._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a importância da presente Indicação, visando facilitar a localização especialmente das Pessoas não residentes na Cidade, que muitas vezes ficam desorientados devido à falta de Sinalização._x000D_
 Ressalta-se que devido ao aumento gradativo da modalidade de compras Via Internet, onde os Clientes recebem suas compras à domicílio, esta última etapa da negociação se torna complicada pela inexistência de placas Informativas.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/912/29.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/912/29.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através do Setor Administrativo, para que seja Oficiado a COPEL, para que seja realizado um trabalho preventivo na rede de alta Tensão, ao longo da Pr. 281, para evitar a reincidência de quedas de postes._x000D_
 JUSTIFICATIVA:_x000D_
 Justificou a importância da presente Indicação, visando prevenir casos semelhantes o que aconteceu Há alguns meses atrás, próximo à comunidade da Lagoa da Cruz, com vários postes caídos em cima da Rodovia, pondo em risco a vida de todos, e gerando grandes transtornos à População. _x000D_
 Certo da compreensão de Vossa Excelência e dada a relevância da matéria, aguardo atendimento à presente sugestão.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/928/30.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/928/30.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através do Setor Competente viabilize a instalação de Câmeras de monitoramento nos prédios Públicos do Município._x000D_
 Justificou a importância da presente Indicação, visando manter a ordem nestes estabelecimentos, inibindo principalmente a ação de vândalos e/ou furtos de equipamentos._x000D_
 Ressalta-se a reincidência de casos delituosos em escolas, postos de Saúde, e recentemente na quadra de Esportes no Distrito Lagoa da Cruz, gerando danos ao Patrimônio, e consequentemente, despesas ao Município.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/929/31.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/929/31.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que através da Secretaria Municipal de Saúde, estude a Possibilidade e Legitimidade de Conceder Motoristas para conduzir veículos de Particulares, que possuam carro, porém têm dificuldade para dirigir em outras Cidades._x000D_
 Justificou a importância da presente Indicação, ressaltando estar atendendo reivindicações de Munícipes, os quais dispõe de carros particulares para consultas ou realização de Exames de saúde em outras Cidades, no entanto muitas vezes julgam-se incapazes de dirigir nos grades Centros Urbanos. O que requer a contratação de terceiros para prestação desses Serviços.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>INDV</t>
   </si>
   <si>
     <t>Indicação Verbal</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/811/estradas_stos_andrade.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/811/estradas_stos_andrade.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize um amplo trabalho de reestruturação nas estradas principais e secundárias, da comunidade de Santos Andrade. Justificou a afirmando que desde o pior período de chuvas fortes, não houve nenhum serviço do Setor de Obras, direcionado àquela comunidade, o que têm dificultado a locomoção dos moradores e demais Usuários das referidas estradas, especialmente o acesso às Lavouras.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/812/estrada_butia-mato_preto.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/812/estrada_butia-mato_preto.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize um trabalho de reabertura de um trecho de estrada que liga as comunidades do Mato Preto e Butiá. _x000D_
 Justificou afirmando que durante muito tempo o referido trecho foi deixado em total abandono, portanto com o mato crescido é impossível o acesso. Destacou que atualmente, com a máquina nova em operação, é possível fazer um trabalho para que seja permitido novamente transitar neste trecho alternativo encurtando a distância entre as duas Comunidades.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>João Issacard Borba</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/819/verbal_03.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/819/verbal_03.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras realize a reabertura de uma estrada na comunidade do Avencal. _x000D_
 Justificou que este trecho liga a referida comunidade até os terrenos de lavouras do Sr. Elói Barão, e mais outros Agricultores que utilizam este acesso para escoar suas safras, neste período de colheita que se aproxima.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/820/verbal_04.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/820/verbal_04.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que as Indicações de autoria dos Nobres Vereadores, e encaminhadas para providências, sejam devidamente respondidas formalmente à esta Casa de Leis._x000D_
 Justificou a afirmando que foi elaborado o Projeto de Lei nº 21/2023 de sua autoria, Aprovado, e sancionado através da Lei nº 1021/2023, e que no entanto não está sendo cumprida.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/821/verbal_05.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/821/verbal_05.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize abertura de bueiros em alguns pontos da estrada principal, na comunidade do Butiá. _x000D_
 Justificou afirmando que é perceptível a necessidade de bueiros serem construídos em certos pontos citando as proximidades do comércio do Marcos Colaço, em um total de 05 Bueiros, onde tem lugar impossível a passagem de dois veículos simultaneamente._x000D_
 Ressaltou que a falta de bueiros para escoamento da água das chuvas, gera o acúmulo de águas na pista, comprometendo a estrutura e a conservação das estradas</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>Marinaldo Schmidt Lemes</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/825/06.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/825/06.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, seja consertado o bueiro conhecido como bueiro do Barbosa, na comunidade de Água Amarela do Meio, Indicação já aprovada no ano passado, porém não foi atendido._x000D_
 Justificou a presente Indicação, afirmando que a estrutura do referido bueiro foi danificada pela grande quantidade de chuvas dos últimos dias, sendo um local de grande circulação de veículos pesados, o que pode ocasionar um acidente._x000D_
 Requer ainda que seja feito um trabalho amplo de recuperação em todas as estradas da referida comunidade</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_verbal_07.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_verbal_07.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras seja reestruturada a estrada em direção à comunidade do Água Vermelha. Justificou dizendo que passando neste trecho, mais precisamente próximo ao bar do Sr. Antonio Veiga, percebe-se ou ponto muito crítico, o que requer um trabalho de Patrolamento e colocação de pedras, para enfim normalizar as condições de tráfego</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_verbal_08.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_verbal_08.pdf</t>
   </si>
   <si>
     <t>O qual Reivindicou ao Poder Executivo, para através do Setor de Obras seja feito um trabalho visando conservar a estrutura das estradas, na comunidade de Campina de Baixo. Justificou a presente Indicação dizendo estar atendendo Moradores da referida comunidade, os quais solicitam abertura de valetas para escoamento das águas das chuvas, especialmente próximo à Igreja, onde a água alaga a estrada dificultando o trânsito</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/832/indicacao_verbal_09.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/832/indicacao_verbal_09.pdf</t>
   </si>
   <si>
     <t>O qual Solicitou para que o Poder Executivo, oficie os Proprietários de lotes baldios no perímetro Urbano, para que mantê-los limpos. Justificou afirmando ter ouvido muitos comentários de Pessoas sobre tal situação, em vários locais da Cidade. Ressaltou que estes locais muitas vezes servem como destinação e acúmulo de lixo, podendo torna-se perfeito para proliferação do Mosquito da Dengue.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_verbal_10.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_verbal_10.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize melhorias na estrada que dá acesso à propriedade do Sr. Claudio, na comunidade do Mato Preto. Justificou afirmando que a referida estrada encontra-se em péssimas condições de tráfego, no entanto é o principal acesso para Produtores Rurais escoarem sua Produção.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_verbal_11.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_verbal_11.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, tome providências sobre duas Indicações já acatadas em Sessões anteriores. Justificou afirmando ter conhecimento do que Reivindicaram os Vereadores Ricardo e Gilciano nas comunidades da Dúvida, e Santos Andrade, respectivamente. Ressaltou que ao passar por estes locais presenciou pontos extremamente críticos, necessitando urgentemente de recuperação e manutenção.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/841/12.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/841/12.docx</t>
   </si>
   <si>
     <t>Reivindica ao Poder Executivo, para que através do Setor de Obras haja um trabalho amplo de reestruturação na estrada principal desde a Sede, até a comunidade do Butiá. _x000D_
 Justificou dizendo que em toda extensão do trecho requer um trabalho de Patrolamento, colocação de pedras, e desobstrução de bueiros e valetas, para que a água das chuvas não se acumulem, danificando ainda mais a estrada.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/842/13.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/842/13.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize manutenção em 02 bueiros na estrada principal da comunidade do Butiá. _x000D_
 Justificou indicando os dois locais sendo um na “curva do Gresoli”, outro próximo do “Baida”. Ambos precisam urgente de manutenção, para propiciar segurança aos Usuários</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/843/14.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/843/14.docx</t>
   </si>
   <si>
     <t>Solicitou ao Secretário Municipal de Esportes, para que os Jogos do Campeonato Municipal de Futebol, sejam realizados também no Campo do Distrito Água Amarela de Baixo, Posto Train. _x000D_
 Justificou a importância da presente Indicação, afirmando que o referido Campo é Municipal, e sua estrutura também é suficientemente apta à sediar os Jogos do Campeonato que se iniciará em breve.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/844/15.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/844/15.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que sejam tomadas providências em regime de Urgência, em dois locais._x000D_
 Justificou a extrema necessidade de aberturas de valetas, e desentupimento de bueiros pois a água das chuvas, está entrando nas casas, próximo à propriedade do Sr. Ricardo Colaço na Água Amarela de Baixo, caso semelhante na estrada atrás da Lavadeira de batatas HM, na comunidade de Lagoa da Cruz.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/845/16.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/845/16.docx</t>
   </si>
   <si>
     <t>Reivindicou ao Poder Executivo, para através do Setor de Obras seja feito um trabalho visando conservar a estrutura das estradas, na comunidade de Campina de Baixo, e reestruturação._x000D_
 Justificou estar refazendo a presente Indicação dizendo estar atendendo Moradores da referida comunidade, os quais solicitam abertura de valetas para escoamento das águas das chuvas, especialmente próximo à Igreja, onde a água alaga a estrada dificultando o trânsito, Ressaltando que existe um bueiro que necessita de reestruturação com urgência, Próximo à residência do Woitick, onde apresenta risco aos usuários da Via.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/851/17.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/851/17.docx</t>
   </si>
   <si>
     <t>reivindica ao Poder Executivo, através do Setor de Obras, para que seja construído um bueiro na estrada principal da comunidade de Santos Andrade. _x000D_
 Justificou a presente Indicação, atendendo uma reivindicação do Sr. Mateus Prussiak, o qual afirmou já haver solicitado em Gestões anteriores, porém não foi atendido, e a cada chuva, os transtornos se repetem.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/852/18.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/852/18.docx</t>
   </si>
   <si>
     <t>solicitando ao Poder Executivo, para que através da Secretaria de Obras, realize um amplo trabalho de reestruturação na estrada principal, da comunidade de Santos Andrade. _x000D_
 Justificou sua Indicação, citando o nome do Prefeito Municipal, presente na Sessão, convidando-o para acompanhar o Secretário de Obras, para assim presenciar a precariedade da referida estrada, e com urgência iniciar um trabalho de recuperação iniciando na estrada que segue ao Butiá, passando pela igreja, seguindo em toda sua extensão</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/853/19.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/853/19.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize reestruturação na estrada que dá acesso à propriedade do Sr. João Volochen na comunidade da Campina. _x000D_
 Justificou em sua Indicação pedindo para ser atendida em regime de Urgência, devido à situação de saúde e mobilidade do Sr. Acima citado, que necessita sair periodicamente para tratamento médico, e sofre devido ao estado crítico da estrada.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/858/20.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/858/20.docx</t>
   </si>
   <si>
     <t>Reivindicou ao Poder Executivo, para através do Setor de Obras seja feito um trabalho nas estradas das comunidades da Estrela e Santos Andrade._x000D_
 Justificou estar fazendo a presente Indicação à pedido de Moradores e Usuários da referida estrada, os quais solicitam que seja reestruturado um bueiro na Estrada comunidade da Estrela, garantindo o tráfego especialmente neste período de colheita._x000D_
 Quanto a comunidade Santos Andrade, além das estradas já solicitadas por outros Vereadores anteriormente, pede ainda melhorias na estrada que dá acesso às propriedades da Família Markiv.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/859/21.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/859/21.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize reestruturação na estrada especificamente em frente à propriedade do Sr. Jovair Levandoski na comunidade do Butiá. _x000D_
 Justificou em sua Indicação pedindo para ser atendida em regime de Urgência, devido à precariedade deste ponto da estrada, dificultando um dos direitos básicos do Cidadão, o Direito de ir e Vir</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/860/22.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/860/22.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, realize reestruturação na estrada conhecida como “Desvio”._x000D_
 Justificou a importância de sua Indicação afirmando ter conhecimento de dois Pontos da estrada, em que a enxurrada proveniente das fortes chuvas dos últimos dias danificou-a gravemente, dificultando o trânsito._x000D_
 Ressalta-se que este trecho é um via alternativa que tem como finalidade principal, desviar o trânsito de caminhões pesados, das ruas do Centro da Cidade.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/866/23.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/866/23.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através da Secretaria de Obras, prossiga com trabalhos de revitalização das ruas da Cidade, especialmente a Avenida Reinaldo Machiavelli. Justificou sua Indicação, citando a referida via, salientando que em vários pontos não existe calçada, o que dificulta o trânsito de pedestres, e especialmente cadeirantes sendo estes, obrigados a circular pela pista de rolamento, dividindo o espaço com os veículos.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/867/24.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/867/24.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor competente oficie o DER (Departamento de Estradas e Rodagens), solicitando um trabalho emergencial de manutenção na PR 281._x000D_
 Justificou a extrema importância da presente Indicação para garantir a plena segurança aos Usuários da referida Via, a qual apresenta vários buracos na pista, além de em toda sua extensão terra e mato estar ocupando parte da pista, sendo necessário um trabalho de limpeza para escoamento da água das chuvas.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/868/25.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/868/25.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, sejam construídos Dois bueiros na estrada principal em direção à comunidade do Butiá. Justificou a importância de sua Indicação afirmando que em frente à propriedade da família Kolodi, sempre foi um ponto onde a água das chuvas, sem um sistema adequado de esgoto, invade a estrada formando verdadeiras crateras, dificultando o trânsito dos Usuários.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/872/26.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/872/26.docx</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para que através da Secretaria de Obras, os trabalhos já iniciados nas estradas, próximo a residência do Juca Moreira, até o final da Rua Lavador, e seguindo até a Serrinha sejam então concluídos, com colocação de pedras e rolo compactador, Bem como desobstrução das valas para escoamento de água na estrada próxima à casa da Sra. Eliane Katick, divisa com o Município de São Mateus do Sul. Justificou a importância de sua Indicação afirmando que nos locais acima citados o Setor de Obras iniciou um trabalho de manutenção, porém necessita-se que sejam concluídos, de forma que possa garantir o tráfego seguro aos Usuários".</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/873/27.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/873/27.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, através da qual solicita ao Poder Executivo, para que através do Setor de Obras providencie substituição de algumas lâmpadas, para assim repor as que faltam, nas seguintes Ruas: Pr. 281, desde a Vila São José até o posto de Combustíveis, na Rua Adir Figueira Machiavelli, e Rua Projetada. Justificou a presente Indicação, afirmando estar atendendo várias reivindicações, além de passar frequentemente nos referidos locais, onde presenciou pessoalmente o que lhe foi relatado.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>Eliseu Schimidt de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/874/28.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/874/28.docx</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação em um bueiro conhecido como “Ponte dos Pimenta”, na comunidade do Água Amarela do Meio. Justificou a importância da presente Indicação, para garantir aos Moradores locais, bem como à todos os Usuários, o direito de ir e vir, com segurança”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/875/29.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/875/29.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação em um bueiro na estrada principal, próximo à propriedade dos Sachinski, na comunidade da Campina. Justificou a importância de estar refazendo esta Indicação, pois já foi acatada em Sessões anteriores visando garantir aos Moradores locais, bem como à todos os Usuários, o direito de ir e vir com segurança, porém nada foi feito.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/880/30.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/880/30.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras realize um trabalho de manutenção na Avenida Reinaldo Machiavelli. Centro._x000D_
 Justificou a extrema importância da presente Indicação para garantir a plena segurança no Trânsito, principalmente em frente ao Banco CRESOL apresenta vários buracos na pista, dificultando a circulação de veículos.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/888/31.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/888/31.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para desenvolver um aplicativo, similar ao CEP Rural, para cadastro das residências construídas na área rural do município._x000D_
 JUSTIFICATIVA: Em contato com munícipes, recebi relatos sobre a ausência de código postal específico para as residências construídas na área rural do município. Segundo consta, os munícipes relatam que, por falta do código postal, ocorrem regularmente problemas de localização dos endereços para os serviços de entrega, a contratação de serviços de internet e o atendimento de chamados de emergência. Sendo assim, mostra-se necessário que a gestão municipal promova alternativas que possam garantir a celeridade da localização dos endereços e garantir a prestação de serviços para a população residente na área rural. Neste caso, oportuno vale destacar o Projeto CEP Rural implementado no Município de Lençóis Paulista - SP. Em termos práticos, a iniciativa municipal desenvolveu um aplicativo para solicitar o cadastro do imóvel com o envio dos dados georeferenciais, recebendo, em seguida, a visita de agentes públicos para validar as informações e, por fim, obtendo uma placa com código de endereçamento a ser instalada na entrada da propriedade. Deste modo, o código do imóvel permite que os serviços de emergência consigam chegar até a propriedade através do uso de rotas traçadas por aplicativos de navegação, além de possibilitar o uso da localização da propriedade para os demais serviços dependentes do código de endereçamento. Desta forma, com o objetivo de promover melhorias para o nosso município, indico ao Exmo. Sr. Prefeito que sejam realizados estudos para o desenvolvimento de aplicativo, similar ao CEP Rural, para cadastro das residências construídas na área rural do município.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/889/32.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/889/32.docx</t>
   </si>
   <si>
     <t>solicitando ao Poder Executivo, para seja providenciado no escritório da EMATER, ou na Secretaria da Agricultura um Servidor destinado à atender o Público que necessita da DAP._x000D_
 JUSTIFICATIVA: Afirmou que ambas as instituições acima citadas são habilitadas para emissão da Declaração de Aptidão ao Pronaf (DAP), documento essencial ao Programa Nacional de Fortalecimento da Agricultura Familiar (Pronaf) funciona como a identidade do agricultor familiar. É ela que permite o acesso das famílias agrícolas em pelo menos 15 diferentes políticas públicas, tais como: financiamento (Pronaf), créditos da reforma agrária (assentamentos do Governo Federal), programa de habitação rural, certificações de produtos (selos), cursos profissionalizantes (Pronatec), comercialização de alimentos em escolas (merenda escolar), hospitais e instituições militares, entre outros. Ressalta-se que no Município de Antonio Olinto, onde a atividade Agrícola é predominante, e a Economia do depende direta ou indiretamente da Agropecuária, é de extrema importância a aptidão dos Produtores aos Financiamentos. (Acatada pela presidência).</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/891/33.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/891/33.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para haja uma vistoria e avaliação das condições de tráfego, na ponte de divisa entre os Municípios de São Mateus do Sul e Antonio Olinto. _x000D_
 JUSTIFICATIVA: Afirmou que tem recebido reclamações de Pessoas de ambos os Município, sobre o risco de desabamento do asfalto próximo à ponte, o que requer uma avaliação técnica, sobre a segurança de tráfego no local, e se for constatado algum risco, para que seja urgentemente resolvido, para proporcionar segurança aos Usuários.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/892/34.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/892/34.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho amplo de reestruturação, nas estradas Primárias e Secundárias da comunidade do Imbuial. JUSTIFICATIVA: Afirmou que tem recebido inúmeras reivindicações dos Munícipes, pedindo melhorias nas referidas estradas. Diante o exposto, este refazendo pela terceira vez, essa Indicação para proporcionar o direito de ir e vir aos Usuários com segurança.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/893/35.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/893/35.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho amplo de reestruturação, no espaço usado para fazer a vota do veículo da transporte Escolar, próximo à Propriedade do Sr. Anderson Lecheta, na comunidade do Lavador._x000D_
 JUSTIFICATIVA: Afirmou que foi procurado para reivindicar sobre o local ser usado para virar a volta do Veículo, e que necessita urgentemente de um trabalho de reestruturação, devido às fortes chuvas.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/894/36.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/894/36.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, para que seja feito um trabalho de reestruturação em toda extensão da estrada das comunidades Água Amarela do Meio, Água Amarela de Baixo, Água Amarela de Cima, e em direção ao Km 112.  _x000D_
 Justificou afirmando que todas as estradas acima citadas estão muito esburacadas devido ao excesso de chuva dos últimos dias, ressaltando que um trabalho emergencial amplo visando melhorar as condições de tráfego à População.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/895/37.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/895/37.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, para que seja feito um trabalho de reestruturação na estrada principal da comunidade de Estrela. Justificou afirmando que, A pedido de moradores da referida comunidade, seria necessário um trabalho amplo visando melhorar as condições de tráfego à População. Salientou ainda sobre a necessidade com urgência da substituição de uma ponte de madeira, por um bueirão próximo à residência do Sr. Paulinho.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/896/38.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/896/38.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, para que prossiga com o trabalho de reestruturação que estava sendo feito, na estrada da Fazenda Água Vermelha. Justificou afirmando já ter feito esta Indicação, portanto está refazendo devido à precariedade da referida estrada, situação agravada pela incidência de fortes chuvas dos últimos dias.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/897/39.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/897/39.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, seja feito com extrema URGÊNCIA, um trabalho de reestruturação, na estrada principal que liga as comunidades da Dúvida, até Imbuial. Justificou afirmando já ter feito esta Indicação, portanto está refazendo pois esteve pessoalmente no local, onde presenciou a necessidade de patrolamento, e colocação de pedras em vários pontos da referida estrada.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/898/40.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/898/40.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo para através do Setor Competente viabilize a instalação de Câmeras de monitoramento em vários pontos específicos na Praça da Matriz, para inibir ações de Vândalos. Justificou afirmando a extrema importância da instalação equipamentos de monitoramento para evitar a ação de vândalos que vêm causando danos, principalmente arrancando árvores ornamentais, que ali foram plantadas</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/899/41.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/899/41.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, seja feito um trabalho de reestruturação na Vila situada atrás do Campo Municipal João Dubiel. Justificou estar atendendo vários pedindo de Moradores da referida Vila, reivindicando melhorias, afirmando que Cidadão estiveram colocando entulhos de materiais de construção, para diminuir os buracos nas Ruas. Certo da compreensão de Vossa Excelência e dada a relevância da matéria, aguardo atendimento à presente sugestão</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/903/42.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/903/42.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, viabilize com urgência um trabalho de reestruturação nas estradas principais da Vila Rural, comunidade de Cerro Lindo._x000D_
 Justificou estar atendendo reivindicações de moradores, os quais afirmam que as estradas necessitam de limpeza, pois o mato invadiu a estrada estreitando-a, dificultando a circulação de veículos.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/904/43.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/904/43.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor de Obras, viabilize a substituição de algumas Lixeiras na Cidade, especialmente umas em frente à Loja Santo Antonio, Centro._x000D_
 Justificou afirmando que no referido local, tem uma Lixeira quebrada, onde o lixo depositado acaba caindo no chão, muitas vezes sendo espalhado por Cães, o que dificulta a coleta do Pessoal responsável.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/910/44.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/910/44.docx</t>
   </si>
   <si>
     <t>Reivindica ao Poder Executivo, através do Setor de Obras, para que seja construído um bueiro na estrada que dá acesso à propriedade do Sr. Acir Almeida, na comunidade do Lavador. _x000D_
 Justificou a extrema importância da presente Indicação, avaliando o risco eminente de acontecer um acidente, por ser um ponto em que existe uma curva, onde circulam máquinas agrícolas, tratores, e veículos de grande e pequeno porte, em um trecho onde a dificuldade do trânsito é agravada justamente pela falta de um Bueiro.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/911/45.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/911/45.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, através do Setor de Obras, para que sejam colocadas as tampas nas bocas de Lobo, nas ruas do Centro da Cidade.  _x000D_
 Justificou a extrema importância da presente Indicação, avaliando o risco de Pedestres ou Ciclistas sofrer acidentes. Citou a Rua Adir Figueira Machiavelli, bem como a Rua Adelino Cordeiro, próximo à residência da Sra. Braulina, ambas a ruas apresentando os mesmos problemas</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/914/46.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/914/46.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho de reestruturação na Rua Lavador, comunidade Lagoa da Cruz. Justificou Afirmou estar refazendo esta Indicação atendendo reivindicações dos Moradores locais, pedindo melhorias na referida estrada. Diante o exposto, salientou que o objetivo da presente Indicação é justamente proporcionar o direito de ir e vir aos Usuários com segurança.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/915/47.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/915/47.docx</t>
   </si>
   <si>
     <t>solicitando ao Poder Executivo, através do Setor Responsável, para que sejam ampliadas as. redes de Iluminação Pública, no entorno da Rua paralela à Pr. 281, em frente à Propriedade do Sr. Adriano Cardoso, na comunidade Lagoa da Cruz. Semelhante reivindicação na Comunidade do Posto Train, Água Amarela de Baixo, na Rua Dedelfina próximo à residência da Sra. Rita. Justificou afirmou estar atendendo diversas reivindicações dos Moradores locais, pedindo para que sejam viabilizadas ampliações nas redes de Iluminação pública, na localização acima citada, bem como em demais pontos de interesse da População, visando proporcionar segurança e comodidade à Todos.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/916/48.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/916/48.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo através do Setor Competente para que haja uma rigorosa fiscalização quanto aos serviços de manutenção dos Veículos da Saúde Municipal.  Justificou a importância da presente Indicação, motivado pela circulação nas redes sociais, de um vídeo feito por um Motorista da Saúde, conduzindo um veículos, mostrando algumas irregularidades mecânicas, capaz de causar um Acidente. Destacou que é de competência do Poder Executivo, e direito de todos ser conduzido por veículos em perfeito estado de conservação</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/917/49.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/917/49.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho de reestruturação nas estrada que dá acessa à propriedades dos Sr. Claudio e Elói Barão, na comunidade do Mato Preto. Justificou a presente Indicação, afirmando estar atendendo reivindicações dos usuários, por se tratar do acesso principal para escoamento de extração de madeiras.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação no trecho conhecido como “Estrada do Morro” Na comunidade do Lavador._x000D_
 Justificou a presente Indicação, relatando que foi feito um trabalho de manutenção há pouco tempo, portanto devido às fortes chuvas, um bueiro acabou sendo danificado necessitando de reparos, para evitar que os estragos atinjam ainda mais a estrutura da Estrada.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/923/51.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/923/51.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, através do Setor Competente, para que seja revista a Dinâmica dos atendimentos externos “Àquelas em situações em que os Profissionais são chamados para atender fora do PA”._x000D_
 Justificou a importância da presente Indicação, relatando a incidência de casos em que Pessoas recorrem ao Posto de Saúde, em busca de atendimento, porém vai somente o Motorista com a Ambulância, sem nenhum Profissional de Enfermagem, o que muitas vezes não resolve, ou resolve parcialmente o Problema._x000D_
 Ressaltou que na maioria dos casos, os primeiros socorros são Cruciais para a Vida dos Pacientes, portanto deve-se ser levado muito à sério, priorizando um atendimento Eficiente e Eficaz.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através do Setor Responsável, para que seja ampliada a rede de Iluminação Pública, na Comunidade do Posto Train, Água Amarela de Baixo, desde o Restaurante Cantu, até a borracharia do Silvio Garcia._x000D_
 JUSTIFICATIVA: _x000D_
 Afirmou estar atendendo diversas reivindicações dos Moradores locais, pedindo para que seja viabilizada com urgência ampliação na rede de Iluminação pública, na localização acima citada, bem como a substituição da algumas lâmpadas que estão queimadas, visando proporcionar segurança e comodidade à Todos.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53.docx</t>
   </si>
   <si>
     <t>Reivindica ao Poder Executivo, para que através do Setor Competente, para fixar placas Indicativas EMBARQUE/DESEMBARQUE, na estação Rodoviária Municipal._x000D_
 Justificou a importância da presente Indicação, como forma de informar os Usuários._x000D_
 Sugeriu ainda a instalação de Lombada, ou faixa de Pedestres, para garantir a segurança da População, em meio ao trânsito de veículos que transitam em alta velocidade no Local</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/927/54.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/927/54.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através da Secretaria de Obras, seja reestruturada a estrada principal, no trecho que liga as comunidade do Butiá e Água Vermelha. Justificou a importância de sua Indicação, afirmando que inclusive já comentou sobre esta situação com o Secretário de Obras, afirmando que o referido trecho foi muito danificado devido às fortes chuvas, formando verdadeiras crateras, dificultando o trânsito dos Usuários.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/930/55.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/930/55.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que seja informado à esta Casa de Leis, se consta no Projeto de pavimentação, e se não, para que seja alterado, possibilitando a colocação de Lombadas, na Rua Jorge Train, Centro. _x000D_
 Justificou sua Indicação, relatando que ao início das Obras de Pavimentação na Cidade, foi elaborado um Requerimento de sua autoria, solicitando tais informações, porém a resposta obtida não apresentou todas as Indagações. _x000D_
 Ressaltou que se no referido Projeto, já prevê lombadas de acordo com as norma estabelecidas, que seja desconsiderada a presente Indicação.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/931/56.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/931/56.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através da Secretaria de Administração, seja oficiada a Empresa responsável pelo trabalho de Pavimentação da estrada da comunidade do Butiá, para ser feito o acabamento com aplicação de pedrisco e Pó de Pedras no trecho já concluído._x000D_
 Justificou sua Indicação, relatando que após concluído o trabalho de colocação das pedras Poliédricas, o trânsito está sendo liberado normalmente, porém sem o acabamento, com o material acima citado, as pedras começam se soltar, danificando todo o trabalho recém realizado.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/932/57.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/932/57.docx</t>
   </si>
   <si>
     <t>solicitando ao Poder Executivo, para que através da Secretaria de Obras, seja construída uma lombada próxima à residência da Sra. “Tereza do Otávio”, na comunidade do Butiá._x000D_
 Justificou sua Indicação, relatando que a residência da referida Sra. Localiza-se bem próxima à estrada, onde os condutores de veículos trafegam em alta velocidade, formando nuvem de poeira dentro da casa.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/933/58.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/933/58.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através da Secretaria de Obras, para que seja ampliada a rede de Iluminação Pública na Rua em direção ao Pesque-Pague. Bem como substituir algumas lâmpadas em alguns pontos na que margeia a rua paralela à Pr. 281, no Distrito Lagoa da Cruz._x000D_
 Justificou a importância da Presente Indicação, afirmando que a referida rua possui um grande tráfego de Pessoas, especialmente estudantes à noite, sendo obrigadas a andar no escuro, expostos à todo tipo de perigo, após a chegada da Escola.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/934/59.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/934/59.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras, sejam substituídas algumas tampas em “Bocas de Lobo”, na Rua Adir Figueira Machiavelli, Centro. _x000D_
 Justificou sua Indicação, relatando que já fizer Indicação solicitando anteriormente, as quais foram atendidas, porém algumas desta tampas necessitam novamente ser Substituídas, para garantir segurança principalmente aos Pedestres e Ciclistas.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/935/60.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/935/60.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que seja viabilizado sinal de Internet, com velocidade suficientemente capaz de atender às necessidades das muitas Pessoas que necessitam desse atendimento, para que seja instalada na Praça da Igreja Centro. _x000D_
 Justificou a importância de sua Indicação, afirmando que muitas Pessoas especialmente quem reside no interior do Município, algumas não possuem rede Móvel de Internet, assim sem meios para se comunicar em casos de qualquer necessidade.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/936/61.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/936/61.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras haja um trabalho amplo de reestruturação na estrada principal desde a Sede, até a comunidade do Butiá. _x000D_
 Justificou dizendo que em toda extensão do trecho requer um trabalho de Patrolamento, colocação de pedras, e desobstrução de bueiros e valetas, em alguns pontos, para que a água das chuvas não se acumulem, danificando ainda mais a estrada.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/937/62.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/937/62.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que seja estudada a possibilidade e Viabilidade da contratação de Monitores, para circular nos ônibus Escolares. Justificou a necessidade de sua Indicação, afirmando que inúmeras vezes ouviu reivindicação de Pais de Alunos, preocupados com a segurança de seus filhos, por dividirem o mesmo espaço com demais Alunos de diferentes faixas etárias, muitas vezes os Menores estão até se recusando de vir à Escola, por medo dos Maiores. Ressaltou que o Motorista na função de dirigir o ônibus, não consegue dar a devida atenção aos casos que possam estar constrangendo estas Crianças, motivo pelo qual julga essencial a contratação de monitores, para que haja segurança e comodidade para todos.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/939/63.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/939/63.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho de reestruturação na Rua paralela à Pr. 281, Distrito Lagoa da Cruz. Justificou a presente Indicação, afirmando estar refazendo esta Indicação atendendo reivindicações dos Moradores locais, pedindo melhorias na estrada que se inicia próxima ao Portal, passando em frente às propriedades da Sr. Terezinha Furman, Marcos Batista, Maiane Katzik, saindo no vãmente na rodovia, próximo à propriedade do Sr. Osnivaldo Katzik. Diante o exposto, salientou que o objetivo da presente Indicação é justamente proporcionar o direito de ir e vir aos Usuários com segurança.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/940/64.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/940/64.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho de reestruturação (patrolamento e empedramento), na estrada da Campina Vermelha, quase divisa do Município. Na comunidade do Butiá. Justificou a presente Indicação, afirmando a importância da presente Indicação, afirmando atendendo reivindicações dos Moradores locais, inclusive confirmou a situação nas visitas às Comunidades do Município, e especificamente na Comunidade mencionada anteriormente.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/941/65.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/941/65.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para através do Setor de Obras, seja realizado um trabalho de reestruturação (patrolamento e empedramento), na estrada principal que liga a Sede do Município, até a comunidade do Butiá. Justificou a presente Indicação afirmando que algumas frentes de serviço estavam paradas devido à problemas no Britador, porém com a normalidade reestabelecida, solicita-se que o Setor de Obras inclua esta reivindicação na lista de Prioridades.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/943/66.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/943/66.docx</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para através do Setor de Obras, para que seja viabilizada a colocação de placas de Sinalização nas estradas, próximo às cabeceiras de Bueiro e Pontes, em todas as comunidade do interior do Município. Justificou a importância da presente Indicação, afirmando que a falta de placas que indiquem a existência de Pontes, principalmente aquelas de passagem para um só Veículo, representam um grande risco aos Motoristas, e Pedestres”.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/949/67.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/949/67.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras haja uma reestruturação na estrada principal desde a Sede, até a comunidade do Butiá. Justificou dizendo que em toda extensão do trecho requer um trabalho de Patrolamento, colocação de pedras, e desobstrução de bueiros e valetas, em alguns pontos, para que a água das chuvas não se acumulem, danificando ainda mais a estrada.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/950/68.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/950/68.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação nas estradas Principais e Secundárias na comunidade do Pedroso. Justificou dizendo que esteve presente em um evento na referida Comunidade, onde ouviu várias reclamações de moradores locais, além de presenciar a necessidade de trabalhos de recuperação em vários pontos.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/951/69.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/951/69.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação desde a estrada Principal, até a propriedade do Sr. Mariano Pietraski. Na comunidade do Cerro Lindo. Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores locais, bem como por se tratar da localidade onde reside, tem conhecimento da necessidade de trabalhos de recuperação, para garantir segurança aos usuários que ali transitam.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/952/70.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/952/70.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação em na estrada que dá acesso às propriedade do Srs. Marciano e Roger Nareski, e demais Famílias, na comunidade do Imbuial. Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores locais, os quais relatam sobre um bueiro que inclusive já foi reformado anteriormente, porém necessita novamente de melhorias, além de toda a extensão da estrada também estar danificada devido fortes chuvas. Ressaltou que a referida estrada é único acesso às propriedades acima citadas, portanto de extrema importância para acesso às lavouras, bem como escoamento das safras Agrícolas.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/953/71.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/953/71.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação nas estradas Principais e Secundárias na comunidade de Santos Andrade. Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores locais, os quais relatam a situação precária, em que as estradas estão, Destacou que houve uma reestruturação anteriormente, porém necessita novamente de melhorias, das referidas estradas, devido a ocorrência de fortes chuvas nos últimos tempos. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/954/72.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/954/72.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação (patrolamento e empedramento), em toda extensão da estrada principal, desde a Sede até a comunidade de Três Poços. Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores locais, assim foi conferir o que lhe foi relatado anteriormente, da necessidade urgente de tais melhorias. Ressaltou que a referida região é composta por grandes áreas agrícolas, com grande quantidade de veículos pesados para transporte e escoamento das safras, o que requer estradas em boas condições de tráfego.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/958/73.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/958/73.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor de Obras realizar um trabalho de reestruturação (patrolamento e empedramento), em toda extensão da estrada principal, da comunidade do Pedroso. Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores locais, e diante os relatos foi conferir, e contatou da necessidade urgente de tais melhorias. Ressaltou que a referida região é composta por grandes áreas agrícolas, com grande quantidade de veículos pesados para transporte e escoamento das safras, o que requer estradas em boas condições de tráfego”.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/959/74.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/959/74.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor de Obras seja viabilizada a construção de um Bueirão, no local onde existe um ponte, na estrada principal, da comunidade de Água Amarela do Meio. Justificou a presente Indicação, afirmando ser necessário um trabalho amplo de reestruturação, substituindo a ponte por um Bueirão, onde existe um declive, e especialmente nos dias chuvosos, a ponte não comporta o fluxo de água, alagando a estrada, impossibilitando o tráfego, e causando grandes transtornos aos Usuários”.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/961/75.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/961/75.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor de Obras seja feito um trabalho amplo de reestruturação nas estradas que dão acesso às lavouras, da comunidade do Lavador. Justificou a presente Indicação, afirmando ser necessário um trabalho amplo de reestruturação, nas estradas da referida Comunidades, ressaltando que as demandas são as mesmas em todo o território Municipal, devido à grande proporção de áreas Agrícolas no Município”.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/962/76.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/962/76.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, reivindicando ao Poder Executivo, para que através do Setor de Obras seja feito um trabalho amplo de reestruturação nas estradas principais, da comunidade de Três Poços. Justificou a presente Indicação, afirmando ser necessário um trabalho amplo de reestruturação, nas estradas da referida Comunidade, ressaltando que as pedras recém colocadas, são pedras irregulares o que seriam corrigidas com a aplicação de uma camada de pedras com bitolas menores, diminuindo o risco de danos nos pneus de veículos e Máquinas Agrícolas”.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/963/77.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/963/77.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor competente sejam substituídas algumas lâmpadas de iluminação pública, na rua que dá acesso ao Pesque-pague, citando a lâmpada de número 123, bem como dar uma averiguadas pois têm mais outras, segundo os Moradores locais. Justificou a presente Indicação, afirmando ter ouvido as várias reivindicações da População, alegando que a falta de iluminação causam insegurança às propriedades, e à quem precisa trafegar a noite”.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/966/78.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/966/78.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor competente sejam substituídas algumas lâmpadas de iluminação pública, nas Ruas Adelino Cordeiro e Julieta Mayer Guimarães. Centro. Justificou a presente Indicação, afirmando estar atendendo várias reivindicações da População”.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/967/79.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/967/79.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para que através do Setor Competente realize um trabalho de reestruturação nas estradas principais e secundárias das comunidades da Campina de Baixo e Campina de Cima. Justificou a presente Indicação, afirmando estar atendendo reivindicações da População, salientando que foi pessoalmente verificar, percebendo a necessidade de um trabalho amplo de serviço de patrolamento e colocação de pedras, desde a Sede do Município, ate a comunidade de Campina de Cima”.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/968/80.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/968/80.docx</t>
   </si>
   <si>
     <t>"Reivindicando ao Poder Executivo, para dar sequência ao Programa “Escritura na Mão”. Justificou a extrema importância do prosseguimento, do referido Programa, ressaltando a mobilização tanto do Poder Executivo, quando do Governo Estadual no início da atual Gestão, porém não se fala mais no assunto, enquanto o Município deixa de arrecadar em IPTU, e ITR, devido aos imóveis não possuírem documentação”.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/969/81.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/969/81.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, para através do Setor de Obras, para que seja feito um trabalho de reestruturação em toda extensão da estrada deste o Km 112, à comunidade de Água Amarela do Meio, seguindo até a comunidade de Água Amarela de Cima. Justificou sua Indicação a afirmando que todas as estradas acima citadas estão muito esburacadas devido ao excesso de chuva dos últimos dias, ressaltando que seria de suma importância um trabalho emergencial, visando melhorar as condições de tráfego à População”.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/970/82.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/970/82.docx</t>
   </si>
   <si>
     <t>Reivindicando ao Poder Executivo, reivindicando ao Poder Executivo, para que seja Oficiada a SANEPAR, para se posicionar a respeito da cobrança da Taxa de esgotos, das residências da área Urbana da Cidade de Antonio Olinto. Justificou a afirmando que é de conhecimento de todos o alto Valor da Taxa, além de muitas residências ainda não estarem com o esgoto ligado à rede Coletora. Ressaltou ainda que em Reuniões com Representantes da referida Empresa, ficou definido que após somente após a Ligação ser concluída, viria um Técnico da Empresa avaliar, e somente após esta avaliação e liberação, iria ser iniciada a cobrança, ao contrário do combinado, a Taxa já está sendo cobrada, e com valor bem acima do que foi conciliado.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/971/83.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/971/83.docx</t>
   </si>
   <si>
     <t>“Reivindicando ao Poder Executivo, reivindicando ao Poder Executivo, para que através da Secretaria Municipal de Saúde, para que seja implantada no Setor destinado à marcar os Exames de Saúde, a prática de PROTOCOLAR, as requisições Médicas. Justificou afirmando que somente desta forma, com uso de Protocolo, citando data, horário e nome do Responsável, será possível Inibir a velha conhecida Prática de Pessoas serem privilegiadas, com marcação mais rápida do que Outras pessoas que já estejam na fila de espera há mais tempo. No aguardo da atenção, e certo de contar com a vossa compreensão, para resolver imediatamente a Questão, renovamos votos de estima e apresso".</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo</t>
   </si>
   <si>
     <t>Alan Jaros</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/798/pl_01-2024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/798/pl_01-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE A RECOMPOSIÇÃO INFLACIONÁRIA AOS VENCIMENTOS E SUBSÍDIOS DOS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DO PODER EXECUTIVO MUNICIPAL, COM FUNDAMENTO NO INCISO X DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL A SER IMPLEMENTADA NO EXERCÍCIO FINANCEIRO DE 2024”.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/822/pl_02_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/822/pl_02_executivo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NOVAS REGRAS PARA CONCESSÃO DE ADIANTAMENTO E PRONTO PAGAMENTO NO ÂMBITO DO MUNICÍPIO DE ANTONIO OLINTO E REVOGA A LEI MUNICIPAL Nº 937, DE 27 DE SETEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/823/pl_03_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/823/pl_03_executivo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO MUICIPAL DE ARBORIZAÇÃO DE ANTONIO OLINTO - PMAUAO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/890/pl_04-2024_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/890/pl_04-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O REORDENAMENTO DOS SERVIÇOS DE ACOLHIMENTO INSTITUCIONAL NA MODALIDADE ABRIGO INSTITUCIONAL, PARA CRIANÇAS E ADOLESCENTES, REVOGA-SE A LEI MUNICIPAL Nº 787/2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/926/pl_05-2024_19072024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/926/pl_05-2024_19072024.pdf</t>
   </si>
   <si>
     <t>“Extingue cargo e vagas e cria cargo e vaga alterando a Lei Municipal n° 510/99 (Plano de Cargos e Salários) e dá outras providências.”</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>"AUTORIZA O PAGAMENTO DE INDENIZAÇÃO AO MUNICÍPIO DE SÃO METEUS DO SUL - NA CONDIÇÃO DE INTERVENTOR DO HOSPITAL E MATERNIDADE DR. PAULO FORTES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/942/pl_07-2024_poder_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/942/pl_07-2024_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pl_08-202413122024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pl_08-202413122024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ANTONIO OLINTO PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl_09-2024_16102024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl_09-2024_16102024.pdf</t>
   </si>
   <si>
     <t>"ABRE NO ORÇAMENTO DO MUNICÍPIO CRÉDITO SUPLEMENTRAR ESPECIAL, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE, PARA REFORÇO DE DOTAÇÃO CONSTANTE NA LEI ORÇAMENTÁRIA VIGENTE".</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO MUNICIPAL DE CULTURA DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -2319,68 +2319,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/964/projeto_de_decreto_legislativo04122024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/799/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/800/pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/808/pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/809/pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/838/pl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/846/pl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/871/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/857/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/861/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/908/pl_15.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/944/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_17-202422052025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/901/lei_complementar_19_2024_de_antonio_olinto_pr.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_resolucao_01-24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/955/pelom_01_-_202402122024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/909/mocao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/913/mocao_de_aplausos_03-2024_1.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/919/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/801/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/802/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/803/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/804/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/805/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/810/requerimento_06-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/813/requerimento_07-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/814/requerimento_08-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/815/requerimento_09-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_10-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_11-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_12-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/902/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/806/01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/807/02.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/816/03.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/817/04.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/818/05.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/828/06.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/829/07.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/835/08.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/836/09.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/837/10.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/839/11.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/840/12.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/848/13.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/849/14.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/854/15.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/855/16.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/856/17.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/862/18.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/876/19.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/877/20.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/878/21.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/879/22.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/884/23.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/885/24.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/886/25.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/900/26.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/905/27.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/907/28.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/912/29.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/928/30.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/929/31.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/811/estradas_stos_andrade.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/812/estrada_butia-mato_preto.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/819/verbal_03.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/820/verbal_04.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/821/verbal_05.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/825/06.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_verbal_07.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_verbal_08.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/832/indicacao_verbal_09.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_verbal_10.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_verbal_11.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/841/12.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/842/13.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/843/14.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/844/15.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/845/16.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/851/17.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/852/18.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/853/19.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/858/20.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/859/21.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/860/22.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/866/23.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/867/24.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/868/25.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/872/26.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/873/27.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/874/28.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/875/29.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/880/30.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/888/31.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/889/32.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/891/33.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/892/34.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/893/35.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/894/36.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/895/37.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/896/38.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/897/39.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/898/40.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/899/41.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/903/42.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/904/43.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/910/44.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/911/45.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/914/46.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/915/47.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/916/48.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/917/49.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/923/51.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/927/54.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/930/55.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/931/56.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/932/57.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/933/58.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/934/59.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/935/60.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/936/61.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/937/62.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/939/63.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/940/64.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/941/65.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/943/66.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/949/67.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/950/68.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/951/69.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/952/70.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/953/71.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/954/72.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/958/73.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/959/74.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/961/75.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/962/76.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/963/77.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/966/78.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/967/79.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/968/80.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/969/81.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/970/82.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/971/83.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/798/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/822/pl_02_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/823/pl_03_executivo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/890/pl_04-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/926/pl_05-2024_19072024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/942/pl_07-2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pl_08-202413122024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl_09-2024_16102024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/964/projeto_de_decreto_legislativo04122024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/799/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/800/pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/808/pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/809/pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/838/pl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/846/pl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/871/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/857/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/861/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/908/pl_15.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/944/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_17-202422052025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/901/lei_complementar_19_2024_de_antonio_olinto_pr.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/887/projeto_de_resolucao_01-24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/955/pelom_01_-_202402122024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/909/mocao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/913/mocao_de_aplausos_03-2024_1.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/919/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/801/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/802/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/803/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/804/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/805/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/810/requerimento_06-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/813/requerimento_07-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/814/requerimento_08-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/815/requerimento_09-2024_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_10-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_11-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_12-2024_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/902/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/806/01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/807/02.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/816/03.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/817/04.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/818/05.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/828/06.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/829/07.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/835/08.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/836/09.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/837/10.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/839/11.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/840/12.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/848/13.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/849/14.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/854/15.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/855/16.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/856/17.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/862/18.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/876/19.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/877/20.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/878/21.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/879/22.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/884/23.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/885/24.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/886/25.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/900/26.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/905/27.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/907/28.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/912/29.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/928/30.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/929/31.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/811/estradas_stos_andrade.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/812/estrada_butia-mato_preto.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/819/verbal_03.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/820/verbal_04.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/821/verbal_05.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/825/06.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_verbal_07.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_verbal_08.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/832/indicacao_verbal_09.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/833/indicacao_verbal_10.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/834/indicacao_verbal_11.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/841/12.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/842/13.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/843/14.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/844/15.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/845/16.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/851/17.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/852/18.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/853/19.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/858/20.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/859/21.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/860/22.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/866/23.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/867/24.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/868/25.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/872/26.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/873/27.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/874/28.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/875/29.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/880/30.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/888/31.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/889/32.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/891/33.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/892/34.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/893/35.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/894/36.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/895/37.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/896/38.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/897/39.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/898/40.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/899/41.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/903/42.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/904/43.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/910/44.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/911/45.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/914/46.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/915/47.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/916/48.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/917/49.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/923/51.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/927/54.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/930/55.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/931/56.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/932/57.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/933/58.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/934/59.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/935/60.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/936/61.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/937/62.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/939/63.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/940/64.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/941/65.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/943/66.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/949/67.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/950/68.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/951/69.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/952/70.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/953/71.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/954/72.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/958/73.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/959/74.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/961/75.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/962/76.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/963/77.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/966/78.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/967/79.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/968/80.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/969/81.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/970/82.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/971/83.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/798/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/822/pl_02_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/823/pl_03_executivo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/890/pl_04-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/926/pl_05-2024_19072024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/942/pl_07-2024_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pl_08-202413122024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl_09-2024_16102024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>