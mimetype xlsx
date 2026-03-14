--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,3198 +54,3198 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOCM - COMISSÃO DE FINANÇAS, ORÇAMENTO E CONTAS DO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/578/decreto_legislativo_01-2023_30052023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/578/decreto_legislativo_01-2023_30052023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE ANTONIO OLINTO/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2021, DE RESPONSABILIDADE DO GESTOR ALAN JAROS.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE ANTONIO OLINTO/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2020, DE RESPONSABILIDADE DO GESTOR FABIO STANISZEWSKI MACHIAVELLI".</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_decreto_legislativo_03.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_decreto_legislativo_03.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE ANTONIO OLINTO/PR, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2008, DE RESPONSABILIDADE DO GESTOR JOSÉ CLEOMAR MACHIAVELLI”.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/415/pl_01-2023_revisao_geral_camara_2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/415/pl_01-2023_revisao_geral_camara_2023.pdf</t>
   </si>
   <si>
     <t>Correção inflacionária dos vencimentos dos cargos do Poder Legislativo</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>Ricardo Wisnieski Alves</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ccf07022023_00007.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ccf07022023_00007.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transparência de informações, fiscalização e estabelece sanções às obras públicas paralisadas no âmbito do Município de Antonio Olinto e dá outras providências".</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>José Joarez Iusviaki</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ccf07022023_00006.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ccf07022023_00006.pdf</t>
   </si>
   <si>
     <t>“Institui, como medida de promoção da igualdade de oportunidades no mercado de trabalho, o programa de reserva de vagas para negros, nos concursos públicos, para provimento de cargos efetivos e empregos públicos, no âmbito da administração direta e indireta no Município de Antonio Olinto/PR.”</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>“Autoriza a instituição no âmbito municipal a Campanha de Conscientização sobre a Depressão na Infância e na Adolescência no município de Antonio Olinto e dá outras providências”</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/478/pl_05_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/478/pl_05_ricardo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA INSTALAÇÃO DE CÂMERAS DE MONTORAMENTO DE SEGURANÇA EM LOCAIS PÚBLICOS NO MUNICÍPIO DE ANTONIO OLINTO".</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/482/pl_06_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/482/pl_06_ricardo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A OBRIGATORIEDADE DE IDENTIFICAÇÃO NOS VEÍCULOS OFICIAIS OU À SERVIÇO DA ADMINISTRAÇÃO PÚBLICA NO MUNICÍPIO DE ANTONIO OLINTO".</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/521/pl_07_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/521/pl_07_legislativo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA INSTALAÇÃO DE CÂMARAS DE VIDEOMONITORAMENTO E SISTEMA DE TRAVAS ELETRÔNICAS NAS ESCOLAS E CRECHES MUNICIPAIS NO MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Gilciano Moreira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/554/pl_08-_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/554/pl_08-_gilciano.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE VIGILÂNCIA E MONITORAMENTO DA REDE MUNICIPAL DE ENSINO NO MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/555/pl_mesa_diretora.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/555/pl_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 852/2017, PARA TRATAR SOBRE A REESTRUTURAÇÃO DOS CARGOS DO PODER LEGISLATIVO".</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/556/pl_10_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/556/pl_10_legislativo.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 863/2017, QUE TRATA DAS DIÁRIAS E REEMBOLSO DE DESPESAS NO ÂMBITO DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/577/pl_11_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/577/pl_11_legislativo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A INSTITUIÇÃO DO PROJETO POMAR URBANO EM ÁREAS PÚBLICAS E ADEQUADAS DO MUNICÍPIO DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/576/projeto_12_legislativo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/576/projeto_12_legislativo.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ISENÇÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO (IPTU), SOBRE IMÓVEL INTEGRANTE DO PARTIMÔNIO DE PORTADORES DE NEOPLASIA MALIGNA (CÂNCER), E/OU SEUS DEPENDENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/575/pl_13_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/575/pl_13_legislativo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO O PROGRAMA "IPTU VERDE" E A CONCESSÃO DE DESCONTO NO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), COMO INCENTIVO AO USO DE TECNOLOGIAS AMBIENTAIS SUSTENTÁVEIS NO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_14.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_14.docx</t>
   </si>
   <si>
     <t>"AUTORIZA A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE DIAGNÓSTICO DO TRANSTORNO DO ESPECTRO AUTISTA - TEA, E SEU ATENDIMENTO INTEGRAL, NO ÂMBITO DO MUNICÍPIO DE ANTONIO OLINTO".</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/586/pl_15_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/586/pl_15_legislativo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ISENÇÃO DE TAXA DE INSCRIÇÃO PARA CONCURSOSOS PÚBLICOS E MEIA ENTRADA EM EVENTOS CULTURAIS E ESPORTIVOS, SUBSIDIADOS PELO MUNICÍPIO, PARA DOADORES DE SANGUE E MEDULA ÓSSEA".</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/600/pl_16-2023_projeto_imigrante.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/600/pl_16-2023_projeto_imigrante.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DO DIA DO IMIGRANTE NO MUNICÍPIO DE ANTONIO OLINTO. QUE SERÁ COMEMORADO NO DIA 08 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/601/pl_17-2023_projeto_caixa_de_agua_atualizado_1.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/601/pl_17-2023_projeto_caixa_de_agua_atualizado_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO À ESTABELECER PROGRAMA QUE GARANTA RESERVATÓRIOS DE ÁGUA INDIVIDUAIS (CAIXAS D`ÁGUA), E ACESSO À ÁGUA ÀS FAMÍLIAS DE BAIXA RENDA, E PROMOVA MELHORIAS NAS CONDIÇÕES DE ABASTECIMENTO DE ÁGUA NO MUNICÍPÍO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/611/pl_18.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/611/pl_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA QUADRA SINTÉTICA NO DISTRITO DA LAGOA DA CRUZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/612/pl_19.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/612/pl_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/613/pl_20.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/613/pl_20.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/615/pl_22.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/615/pl_22.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/616/pl_23.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/616/pl_23.pdf</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/617/pl_24-23.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/617/pl_24-23.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DA PREMIAÇÃO "ALUNO NOTA 10" NAS ESCOLAS DO ENSINO FUNDAMENTAL DA REDE PÚBLICA DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/623/pl_25.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/623/pl_25.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A AUTORIZAÇÃO PARA UTILIZAÇÃO DE VEÍCULOS DO MUNICÍPIO DE ANTONIO OLINTO/PR, PARA TRANSPORTE DE ATLETAS, ENTIDADES DESPORTIVAS, PARTICIPANTES DE EVENTOS CULTURAIS E RELIGIOSOS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/624/pl_26.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/624/pl_26.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CRIAÇÃO DO PROGRAMA "ADOTE UM PONTO DE ÔNIBUS", NO MUNICÍPIO DE ANTONIO OLINTO/PR E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/625/pl_27.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/625/pl_27.docx</t>
   </si>
   <si>
     <t>”AUTORIZA A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE ATENDIMENTO INTEGRAL E PRIORITÁRIO À PESSOA DIAGNOSTICADA COM O TRANSTORNO DO ESPECTRO AUTISTA - (TEA), NO ÂMBITO DO MUNICÍPIO DE ANTONIO OLINTO/PR".</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>"REGULAMENTA O PLANTÃO DAS FARMÁCIAS E DROGARIAS LOCALIZADAS NO CENTRO DO MUNICÍPIO DE ANTONIO OLINTO/PR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/641/pl_29_legislativo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/641/pl_29_legislativo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CELEBRAÇÃO DO DIA DO EXPEDICIONÁRIO NO MUNICÍPIO DE ANTONIO OLINTO".</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/669/pl_30.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/669/pl_30.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO SISTEMA DE "QR CODE" NO MUNICÍPIO DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>"ESTABELECE PRAZO PARA RESPOSTA DE INDICAÇÕES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/700/pl_32.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/700/pl_32.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 852/2017, PARA DISPOR SOBRE A DEPARTAMENTALIZAÇÃO DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/699/pl_33-23.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/699/pl_33-23.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DA PREMIAÇÃO "MELHORES DO ANO", DESTINADO À PREMIAR OS COMÉRCIOS E PROFISSIONAIS AUTÔNOMOS DO MUNICÍPIO DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/726/pl_34.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/726/pl_34.pdf</t>
   </si>
   <si>
     <t>”DISPÕE SOBRE A UTILIZAÇÃO DE VEÍCULOS DO MUNICÍPIO DE ANTONIO OLINTO/PR, PARA O TRANSPORTE DE TURISTAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>"AUTORIZA A INSTITUIÇÃO NO MUNICÍPIO DE ANTONIO OLINTO O BANCO DE MATERIAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/639/substitutivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/639/substitutivo.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR Nº 03/2013, QUE REGULA O USO DE OCUPAÇÃO DE SOLO MUNICIPAL DE ANTONIO OLINTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/405/ccf13012023_00000.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/405/ccf13012023_00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Regimento Interno e dá outras providências</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/409/pl_resosucao_02-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/409/pl_resosucao_02-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações no Regimento Interno e dá outras providências.”</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE FÉRIAS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ANTONIO OLINTO/PR.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_resolucao_04.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_resolucao_04.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "CONHECENDO A CÂMARA DE VEREADORES DE ANTONIO OLINTO/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/792/projeto_resolucao_05.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/792/projeto_resolucao_05.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_emenda_lo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_emenda_lo.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI ORGÂNICA MUNICIPAL PARA ALTERAR O PRAZO PARA APRESENTAÇÃO E DELIBERAÇÃO DO PROJETO DE LEI DE DIRETRIZES ORÇAMENTÁRIAS".</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>O Vereador Ricardo Wisnieski Alves, no uso de suas prerrogativas que lhes são conferidas pelos artigos 207 e 208 do RI, solicita que , seja enviado aos participantes do grupo Olinto Bike Team, a seguinte Moção de Aplausos.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_01-2023_-_zalo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_01-2023_-_zalo.pdf</t>
   </si>
   <si>
     <t>1)	De que forma ocorre o sistema de cessão de espaços comerciais, notadamente de barracas, e outros, caso existentes, nas festas promovidas pelo Município ou com seu patrocínio?_x000D_
 2)	Como é feita a seleção de pessoas (físicas e jurídicas) para utilização dos espaços, principalmente barracas, nas festas? É lançado Edital para credenciamento dos interessados na utilização de barracas nos eventos oficiais do Município ou por ele patrocinado?_x000D_
 3)	É cobrado algum valor do particular pela utilização das barracas? Se sim, qual valor é cobrado individualmente e qual o valor arrecadado à este título no exercício financeiro de 2022?_x000D_
 4)	Além disso, nestas ocasiões é cobrado alvará? Se sim, qual valor é cobrado individualmente e qual o valor arrecadado à este título no exercício financeiro de 2022?_x000D_
 5)	Existe algum decreto do Prefeito regulamentando a cessão destes espaços? Se sim, favor encaminhar cópia (preferencialmente digital)._x000D_
 6)	O Poder Executivo possui contrato vigente com empresa para o forne</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/422/requerimento_02-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/422/requerimento_02-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>Requerendo informações se:_x000D_
 1)	O Município oferece cursos de primeiros socorros nas unidades escolares? _x000D_
 2)	Se a resposta do item anterior fora afirmativa, para quantos profissionais de cada escola?_x000D_
 3)	Se a resposta do item 1 for negativa, existe a pretensão por parte do Poder Executivo de capacitar servidores lotados em escolas municipais com cursos de primeiros socorros?_x000D_
 4)	Há registro de alguma intercorrência em escolas municipais de alunos que tenham sofrido quedas com fraturas ou lesões, cortes, afogamento ou outra situação de risco a saúde ou integridade física desde o início da atual gestão?</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_03-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_03-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre:_x000D_
 1)	Em qual estágio se encontra o projeto de instalação e operacionalização do poço artesiano da comunidade do Imbuial? _x000D_
 2)	Qual é o novo prazo para o mesmo entrar em funcionamento? _x000D_
 3)	Qual é o valor empregado de recursos próprios até o momento? _x000D_
 4)	Haverá acréscimo de gastos em relação ao inicialmente previsto? Se a resposta for afirmativa, queiram encaminhar cópia (preferencialmente digital) com as eventuais alterações e aditivos.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_04-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_04-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações_x000D_
 1)	Em que fase que se encontra a implantação do projeto “Arena Meu Campinho”?_x000D_
 2)	A construção do campo de futebol Society foi licitada? Se a resposta for afirmativa, em qual estágio se encontra a licitação? Qual é a empresa vencedora? Qual é o prazo para conclusão? _x000D_
 3)	Favor encaminhar cópia do contrato de prestação do serviço, do edital de licitação e termo de referência da licitação (preferencialmente em mídia digital), caso esteja em andamento.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_05-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_05-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo informações se:_x000D_
 •	Existe no município testes para o rastreamento do Transtorno do Espectro Autista (TEA) ?_x000D_
 •	Há no município o acompanhamento dos casos do Transtorno do Espectro Autista (TEA) ?_x000D_
 •	Existe uma estimativa de quantas pessoas são portadoras do Transtorno do Espectro Autista (TEA) em nosso município?</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_06-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_06-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as seguintes questões:_x000D_
 1)	Qual é o valor do contrato de reforma da Escola João Francisco Siqueira no Distrito de lagoa da Cruz? Qual a origem dos recursos? Qual é o prazo para entrega da obra? Favor encaminhar cópia (preferencialmente em mídia digital) do contrato e aditivos, se houver._x000D_
 2)	Qual é a abrangência da obra? O projeto prevê apenas reforma ou inclui ampliação? Favor encaminhar cópia (preferencialmente em mídia digital) do projeto com alterações, se houver._x000D_
 3)	Outras Escolas Municipais serão contempladas com obras de reforma e/ou ampliação?</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_07-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_07-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre:_x000D_
 1)	Qual é o valor do contrato de calçamento Rua Edgar Train Schafauser, no centro do Município? Qual a origem dos recursos? Qual é o prazo para entrega da obra? Favor encaminhar cópia (preferencialmente em mídia digital) do contrato e aditivos, se houver._x000D_
 2)	Qual é a abrangência da obra? Favor encaminhar cópia (preferencialmente em mídia digital) do projeto com alterações, se houver.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_08-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_08-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre:_x000D_
 1)	Qual é o valor do(s) contrato(s) com pedreiras que o Município possui? Favor encaminhar cópia (preferencialmente em mídia digital) do contrato e aditivos, se houver._x000D_
 2)	Existe diferenciação de valor de acordo com tamanho/espessura das pedras?_x000D_
 3)	 Qual o valor gasto com pedras para empedramento de vias municipais no exercício financeiro de 2022? Qual a quantidade de material aplicado no mesmo período?</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_09-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_09-2023.pdf</t>
   </si>
   <si>
     <t>Buscando informações se:_x000D_
 1)	O Poder Executivo promove o apoio e/ou patrocínio de festas tradicionais realizadas no Município, tal como festa do Colono, Padroeiro do Município e festa da Uva, etc.? Se a resposta for afirmativa, de qual forma?_x000D_
 2)	Nos anos anteriores dentro desta legislatura ocorreu algum apoio/patrocínio a festas realizadas no Município? Se sim, para quais delas? De que forma e quais os valores dispendidos individualmente?_x000D_
 3)	Existe algum posicionamento expresso da Procuradoria Jurídica do Município acerca desta questão? Se sim, favor encaminhar cópia.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/435/requerimento_10-2023_-_ricardo_1.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/435/requerimento_10-2023_-_ricardo_1.pdf</t>
   </si>
   <si>
     <t>1)	Seja encaminhado a este Poder Legislativo informações acerca da existência de eventual projeto com a finalidade de instalação de parque industrial no Município e quais propriedades de domínio do Município estariam aptas a abrigar futura implantação do parque industrial._x000D_
 2)	Se não houver nenhuma área apta para isto, qual(is) estaria(m) mais próxima(s) de se tornar(em) apta(s)? _x000D_
 3)	Seja informado também se o Executivo possui algum estudo prévio acerca da necessidade de novas aquisições de propriedades imóveis com a finalidade de doação, venda e concessão real de uso de bem público.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/436/requerimento_11-2023_-_gilciano_1.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/436/requerimento_11-2023_-_gilciano_1.docx</t>
   </si>
   <si>
     <t>1)	Qual foi a destinação dada pelo Poder Executivo ao recurso de R$ 425.030,00 relativo à devolução do Poder Legislativa das sobras de caixa do exercício financeiro de 2022? Encaminhar documentação, tais como notas de empenho e de liquidação das despesas cujas quais se valeram deste recurso._x000D_
 2)	Qual foi a destinação dada pelo Poder Executivo ao recurso de R$ 314.597,74 relativo à devolução do Poder Legislativa das sobras de caixa do exercício financeiro de 2021? Encaminhar documentação, tais como notas de empenho e de liquidação das despesas cujas quais se valeram deste recurso.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/447/requerimento_12-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/447/requerimento_12-2023.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Poder Executivo  acerca do pagamento do novo piso do magistério.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Requerendo informações do Poder Executivo sobre o número de servidores que atualmente recebem adicional de insalubridade e periculosidade.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_14-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_14-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Seja encaminhado a este Poder Legislativo informações acerca do montante arrecadado com relação a contribuição para o custeio da iluminação pública (COSIP) do Município, com discriminação dos valores arrecadados mensalmente no exercício financeiro de 2022 e, se possível, com indicação das comunidades. Favor encaminhar documentos pertinentes._x000D_
 2)	Seja informado qual foi a despesa mensal para a cobertura dos gastos relativos à iluminação pública no exercício financeiro de 2022. Favor encaminhar documentos pertinentes._x000D_
 3)	Seja informado se existe projeto para ampliação dos pontos de iluminação pública no Município. Se a resposta for afirmativa, qual(is) seria(m) a(s) comunidade(s) contemplada(s) e qual a quantidade de pontos que devem ser acrescidos na execução do(s) projeto(s) existe(s). Favor encaminhar documentos pertinentes._x000D_
 4)	Por fim, que seja informado qual o valor mensal gasto pelo Município no exercício financeiro de 2022 com energia elétrica em todas as suas repartições. Favor encaminhar documentos pertinentes.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_15-2023_-_zalo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_15-2023_-_zalo.pdf</t>
   </si>
   <si>
     <t>1)	Qual foi a arrecadação do Município com IPTU no exercício financeiro de 2022?_x000D_
 2)	 O Poder Executivo possui informações de quantos contribuintes constantes do cadastro municipal é acometido ou está em tratamento de câncer?_x000D_
 3)	Se a resposta do item anterior for positiva, favor informar qual é o valor arrecadado destes contribuintes relativo ao IPTU no exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_16-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_16-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Como os candidatos que participam de certames realizados pelo Poder Executivo PSS e concurso podem acompanhar as movimentações destes, principalmente editais de convocação? O Poder Executivo disponibiliza as informações no site da Prefeitura? Se sim, favor apontar o caminho._x000D_
 2)	Como os candidatos que participam de certames realizados pelo Poder Executivo teste seletivo de estágio podem acompanhar as movimentações destes, principalmente editais de convocação? O Poder Executivo disponibiliza as informações no site da Prefeitura? Se sim, favor apontar o caminho._x000D_
 3)	Quais são os meios de convocação dos candidatos para os certames realizados pelo Poder Executivo? _x000D_
 4)	Favor encaminhar cópia da publicação do edital de convocação n° 15, de 24/02/2023, relativo ao Edital de Processo Seletivo de Estágio nº 01/2022._x000D_
 5)	Há previsão de convocação dos aprovados dentro do número de vagas previstas no Edital de Processo Seletivo de Estágio nº 01/2022? Se sim, até quando.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_17-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_17-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Existe projeto do Poder Executivo Municipal para melhorias e melhor aproveitamento da quadra de futsal do Distrito da Lagoa da Cruz? Tais como pintura, manutenção e/ou outras._x000D_
 2)	Existe projeto do Poder Executivo Municipal para melhorias e melhor aproveitamento da quadra de futsal da comunidade do Posto Train? Tais como pintura, manutenção e/ou outras.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_18-2023_-_gilciano_1.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_18-2023_-_gilciano_1.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado expediente ao Poder Executivo para que forneça informações acerca do Ginásio de Esportes inacabado localizado ao lado do Campo Municipal João Dubiel: a) O Poder Executivo possui algum projeto de destinação para a referida construção que se encontra pendente de prosseguimento da obra? b) Qual a pretensão de destinação em relação àquela estrutura?</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_19-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_19-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	A plantação de eucalipto e pinos que estão no mesmo imóvel em que localizado o campo de futebol da comunidade de Água Amarela de Baixo (Posto Train) pertencem a Prefeitura? Favor encaminhar matrícula e mapa do referido imóvel, preferencialmente, atualizada.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_20-2023_-_gilciano_1.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_20-2023_-_gilciano_1.pdf</t>
   </si>
   <si>
     <t>1) Quais são as atribuições conferidas as estagiárias das escolas municipais?_x000D_
 2) Eles(as) ficam responsáveis por turmas de alunos sem a presença e/ou orientação de professora?</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_21-2023_-_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_21-2023_-_gilciano.pdf</t>
   </si>
   <si>
     <t>1)	A propriedade de mata localizada entre as Ruas, Adir Figueira Machiaveli, Tadeus Nadolny e Gasparina Simas Miléo no ponto em que passa a PR-281 é de propriedade do Município? Se a resposta for afirmativa, informar situação do imóvel, tais como medidas, se a área está apta a ser utilizada pela municipalidade em projetos; se há projetos. Encaminhar documentação relativa à propriedade, tais como título de domínio ou matrícula, mapa e projeto para a área, caso existente.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/570/requerimento_22-2023_-_ricardo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/570/requerimento_22-2023_-_ricardo.docx</t>
   </si>
   <si>
     <t>1)	Sejam encaminhadas informações acerca da aquisição de medicamentos veterinários, tais como, se há licitação válida (indicar o n° do processo administrativo e da compra), modalidade da contratação e lista de medicamentos e quantidades licitados e efetivamente entregues/adquiridos pela municipalidade até a presente data. _x000D_
 2)	Enviar Edital e relação de medicamentos licitados e adquiridos.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_23-2023_-_gilciano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_23-2023_-_gilciano.docx</t>
   </si>
   <si>
     <t>Em qual estágio se encontra o Programa de Regularização Fundiária "Escritura na Mão"?</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/589/requerimento_24-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/589/requerimento_24-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1) O Poder Executivo está promovendo o reenquadramento relativo a_x000D_
 progressões/promoções por antiguidade dos seus servidores, conforme determina o_x000D_
 art. 16 e seguintes da Lei n°510/99, que trata do Plano de cargos e salários?_x000D_
 2) Existe comissão de avaliação nomeada? Se a resposta for afirmativa, favor_x000D_
 encaminhar cópia do decreto (preferencialmente digital), ou instrumento equivalente,_x000D_
 de nomeação._x000D_
 3) Estão sendo realizadas as avaliações periódicas? Se sim, a partir de quando?_x000D_
 4) Estão sendo concedidas as progressões? Se sim, a partir de quando?_x000D_
 5) As promoções são concedidas de ofícios ou mediante provocação do servidor?_x000D_
 6) Existe algum(s) decreto regulamentar, ou instrumento equivalente, que regulamente_x000D_
 as progressões por antiguidade de que trata a Lei n° 510/99? Se a resposta for_x000D_
 afirmativa, favor encaminhar cópia (preferencialmente digital) do regulamento._x000D_
 7) Caso haja, quantos pedidos de promoção funcional por antiguidade estão pendentes_x000D_
 de análise? Favor encaminhar relação (preferencialmente digital) dos servidores com_x000D_
 indicação dos nomes e dos cargos com pedidos de avanços pendentes de análise._x000D_
 8) Quantas concessões de promoção por antiguidade foram realizadas desde o início_x000D_
 da atual gestão? Favor encaminhar relação (preferencialmente digital) dos servidores_x000D_
 com indicação dos nomes e dos cargos relativos aos avanços funcionais concedidos._x000D_
 9) Quanto servidores atualmente recebem Gratificação por Tempo Integral e Dedicação_x000D_
 Exclusiva (GTIDE)? Favor encaminhar relação (preferencialmente digital) dos_x000D_
 servidores com indicação do percentual que cada um recebe._x000D_
 10) Favor encaminhar tabela de vencimentos por padrão e por nível atualizada dos_x000D_
 servidores públicos.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/590/requerimento_25-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/590/requerimento_25-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>O Município realizou licitação de linhas de transporte municipal? Encaminhar os_x000D_
 respectivos editais._x000D_
 Se a resposta do item anterior for afirmativa, a informar quantas foram as linhas, com_x000D_
 indicação do local de partida e destino, e o estágio atual do(s) certame(s), inclusive_x000D_
 com informação acerca da(s) empresa(s) vencedora(s) e valores de cada contrato._x000D_
 Seja informado ainda sobre de que forma realizar o acompanhamento do andamento_x000D_
 da licitação a partir do portal de transparência do Município.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_26-2023_final_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_26-2023_final_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	A obra de reforma da Escola João Francisco Siqueira no Distrito de lagoa da Cruz prevê o concerto dos beirais do telhado da referida instituição de ensino? _x000D_
 2)	Prevê a troca dos pisos com taquinhos, que são antigos?_x000D_
 3)	Prevê a instalação de corrimãos nas escadas?_x000D_
 4)	Prevê a instalação de divisórias nos banheiros?_x000D_
 5)	haverá construção sobre as fossas sépticas?_x000D_
 6)	Houve a instauração de procedimento para apuração de irregularidades na execução da referida obra ou a notificação da empresa acerca de alguma situação decorrente da execução do contrato? Se sim, encaminhar cópia (preferencialmente digital).</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_27-2023_-_zalo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_27-2023_-_zalo.pdf</t>
   </si>
   <si>
     <t>Há informações por que não está funcionando ponto de informações turísticas localizado na rodovia João Francisco Siqueira em frente ao Ginásio de esportes?_x000D_
 Há informações por que foi escolhido essa localização?_x000D_
 No momento, a administração municipal possui profissionais habilitados para prestarem informações no ponto turístico?_x000D_
 4Há possibilidade/viabilidade de o ponto funcionar?</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/593/req_28.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/593/req_28.pdf</t>
   </si>
   <si>
     <t>1)	 Quantos laboratórios tem convênio com a prefeitura e lhe prestam serviços?_x000D_
 2)	 Qual é o número de exame mensal realizado por cada laboratório? _x000D_
 3)	Quais são os valores pagos a cada laboratório e quais exames são por eles prestados? Favor enviar em anexo os contratos com os laboratórios_x000D_
 4)	 Tem fila de esperar para exames? Se sim, quais exames são mais demorados ?_x000D_
 5)	Há algum exame que não tem fila de esperar por mais de 15 dias ? se sim, qual ?_x000D_
 6)	Há possibilidade de zerar as filas dos exames?_x000D_
 7)	Há atendimento de médico pediatra na unidade de saúde? se a resposta for negativa, quando há previsão de voltar os atendimentos ? há alguma justificativa para ausência do mencionado especialista ?</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>1)	Acerca do contrato de prestação de serviço 178/2023, cujo objeto é a prestação de serviço continuado de conservação de logradouros públicos e jardinagem, houve substituição de servidor responsável pela fiscalização do referido contrato? Se sim, em qual data? _x000D_
 2)	O referido processo se encontra na íntegra no portal da transparência? Se sim, favor encaminhar link específico._x000D_
 3)	Favor encaminhar a(s) Ata(s) (preferencialmente digital) da sessão de licitação do Pregão Eletrônico n°32/2023.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_30-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_30-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Quantos veículos o Município possui em sua frota (carros, caminhões, máquinas, etc.)?_x000D_
 2)	O Município possui contrato para lavagem e higienização de veículos oficiais? Se sim, favor informar o valor do contrato e a(s) empresa(s) contratada(s) e bem como encaminhar cópia (preferencialmente digital) do(s) referido(s) contrato(s)._x000D_
 3)	Favor especificar a quantidade de serviços utilizados pelo Município a este título neste exercício financeiro._x000D_
 4)	O referido processo se encontra na íntegra no portal da transparência? Se sim, favor encaminhar link específico.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_31-2023_-_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_31-2023_-_gilciano.pdf</t>
   </si>
   <si>
     <t>Houve o início das execuções das emendas impositivas no orçamento do Município para o exercício 2023? Favor especificar o estágio de cada uma delas.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>1)	O Poder Executivo Municipal possui convênios com algum colégio agrícola, casa familiar rural, ou outra instituição de ensino? Se sim, informar em quais, e qual o valor que o Município investe para mantê-los, e quantos Alunos estão matriculados.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_33-2023_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_33-2023_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Em qual fase se encontra o processo de adesivagem/plotagem com identificação dos veículos oficiais? Qual é o percentual de veículos com identificação?  _x000D_
 2)	Caso não estejam 100% identificados a frota de veículo do Município, favor justificar a razão de não o fazer.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_34-2023_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_34-2023_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	As trocas de lâmpadas da rede de iluminação pública no Município de Antonio Olinto têm sido realizadas com veículo próprio do Município?  _x000D_
 2)	Se a resposta do item anterior for positiva, existe algum servidor responsável? Se sim, favor indicar o nome completo e nomenclatura do cargo que ocupa. _x000D_
 3)	O Município possui contrato com alguma empresa para execução dos serviços de manutenção da rede de iluminação pública? Se sim, favor encaminhar cópia, inclusive com aditivos, caso existentes.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_35-2023_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_35-2023_gilciano.pdf</t>
   </si>
   <si>
     <t>1)	Que sejam encaminhados ao Poder Legislativo os 4 projetos de obras apresentados na justificativa do projeto de Lei 018/2023.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/678/requerimento_36-2023_-_ricardo_1.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/678/requerimento_36-2023_-_ricardo_1.pdf</t>
   </si>
   <si>
     <t>1)	Referente ao auto de infração n° 000100-R632671277, da Polícia Rodoviária Federal, que diz respeito a multa de trânsito por transitar em velocidade superior a máxima permitida em até 20%, na BR-277 KM 671 UF:PR, na data de 05/03/2023, quem era o motorista? Qual o compromisso naquela região? _x000D_
 2)	Favor encaminhar cópia do CRVL do referido automóvel.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/681/requerimento_37-2022_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/681/requerimento_37-2022_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Em qual estágio se encontra a organização da festa de aniversário de emancipação política do Município?_x000D_
 2)	Qual(is) será(ão) as bandas/artistas que irá(ão) se apresentar? Favor encaminhar a programação completa, caso haja._x000D_
 3)	Qual é o custo total estimado para a referida festa? Especificar o valor a ser pago por cada uma das atrações artísticas.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/708/requerimento_38-2022_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/708/requerimento_38-2022_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Qual é o valor gasto na pintura do ônibus da Faculdade?_x000D_
 2)	Houve gastos em manutenção da parte mecânica e/ou elétrica com o referido veículo? Se sim, favor informar de forma discriminada. _x000D_
 3)	Será plotado identificação do ônibus?</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/709/requerimento_39-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/709/requerimento_39-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Tem previsão de realização de concurso público este ano? Se a resposta for afirmativa, como está o andamento e planejamento? Em qual estágio se encontra a tramitação? Quais cargos pretende-se ofertar?_x000D_
 2)	Existe concurso público válido? Se sim, favor informar, por meio de email a Câmara Municipal, o link para acesso aos editais do concurso, inclusive de convocação dos aprovados no último concurso realizado.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/710/requerimento_40-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/710/requerimento_40-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Tem previsão de alargamento da rua do trecho do “Meu Campinho” no terreno da prefeitura?</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/716/requerimento_gilciano_n._41.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/716/requerimento_gilciano_n._41.pdf</t>
   </si>
   <si>
     <t>1)	Houve processo licitatório para aquisição de peças para veículos desde o início da atual administração? Se sim, quantos? _x000D_
 2)	Qual foi o valor gasto até a presente data com compra de peças para veículos?_x000D_
 3)	Qual é a modalidade escolhida pela administração municipal para comprar as mencionadas peças?</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/717/requerimento_ricardo_n._42.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/717/requerimento_ricardo_n._42.pdf</t>
   </si>
   <si>
     <t>1)	Quais locais que serão instalados os pontos de ônibus licitados?_x000D_
 2)	Por que os pontos de ônibus não foram feitos com a mão de obra da administração pública?_x000D_
 3)	Qual é o custo unitário dos pontos de ônibus?</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_43-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_43-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>1)	Sobre a Máquina retroescavadeira entregue ao Município no início de outubro/2023 através de emenda parlamentar do Deputado Toninho Wandescheer, existe servidor capacitado para operação do equipamento? _x000D_
 2)	O Município possui planejamento para aquisição caminhão prancha? Se sim, através de orçamento próprio ou busca de emendas ou outros recursos federais ou estaduais?</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_gilciano_no_44.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_gilciano_no_44.pdf</t>
   </si>
   <si>
     <t>1)	Há previsão da realização do concurso de decoração natalina em nosso município?_x000D_
 2)	Caso não seja realizado, qual é a justificativa, tendo vista que já foi promulgada lei municipal sobre o mesmo?</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/772/requerimento_45.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/772/requerimento_45.pdf</t>
   </si>
   <si>
     <t>1)	O município disponibiliza EXAMES E MÉDICOS GINECOLOGISTA E OBSTETRA? _x000D_
 2)	Existe fila e procura grande? _x000D_
 3)	Como o munícipe consegue o atendimento?</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/773/requerimento_46.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/773/requerimento_46.pdf</t>
   </si>
   <si>
     <t>1)	O município disponibiliza MÉDICOS PSIQUIATRIA E PSICÓLOGO? _x000D_
 2)	Existe fila e procura grande? _x000D_
 3)	Como o munícipe consegue o atendimento para estas especialidades?</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_47.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_47.pdf</t>
   </si>
   <si>
     <t>1)	Existe espaço e um servidor para ceder para dar apoio ao Sebrae para auxiliar os munícipes proprietários de MEI´s e pequena e empresas com uma sala do Empreendedor?</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1.docx</t>
   </si>
   <si>
     <t>Para que o poder executivo realize trabalho de manutenção na quadra sintética na Sede do Município.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/418/3.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/418/3.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo através do setor de obras, realize um trabalho de reestruturação nas estradas da comunidade de Três Poços .</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>,Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração as Ruas: do Morro, Pôr do Sol, Amoreira, e Rua dos Eucalipto, atrás do Mercado Lima no Distrito de Lagoa da Cruz._x000D_
 _x000D_
 JUSTIFICATIVA:  Justificou estar refazendo esta Indicação, salientado ser um problema antigo, que apesar de algumas melhorias já haverem sido feitas, porém existem várias demandas dos moradores da referida Vila, relatando que algumas ruas necessitam urgentemente passarem por algum tipo de reestruturação, especialmente rebaixar as ruas, pois em dias chuvosos, ocorrem alagamentos nas casas devido ao desnível do terreno.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração na estrada que liga a Estrada principal próximo à propriedade do Sr. Dejaime, até a residência da Sra. Tereza, na comunidade do Imbuial._x000D_
 JUSTIFICATIVA:  Justificou a importância da presente Indicação, por estar atendendo reivindicações de moradores locais, relatando sobre o estado precário deste trecho, necessitando urgentemente de melhorias.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Para que através da Secretaria de Obras, atenda com urgência as reivindicações de moradores na construção de um bueiro na estrada que dá acesso à propriedade do Sr. Jove, na comunidade do Butiá._x000D_
 JUSTIFICATIVA:  Justificou relatando que foi cobrado por várias Famílias que moram no referido Local, relatando que especialmente em dias chuvosos, várias crianças têm dificuldade para ir à escola, pois o motorista do ônibus escolar não consegue ir até os Alunos devido à precariedade da estrada.  Destacou que tal demanda já foi solicitada através de outras Indicações, acatadas em Sessões anteriores. Complementou que o local citado, é no início da subida da Campina Vermelha.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>Para que através da Secretaria de Obras, realize um trabalho de reestruturação, na estrada que liga o pesque-pague do finado Anibal Cordeiro, na Sede do Município, até a estrada que dá acesso à comunidade da Aliança Nova._x000D_
 _x000D_
 JUSTIFICATIVA:  Justificou ser uma Indicação de grande valia, devido à precariedade da estrada, onde a população têm grande dificuldade de tráfego. Ressaltou ainda uma grande demanda da População sobre a Iluminação Pública, da qual constatou pessoalmente as lâmpadas queimadas nos postes de números 63, 64, e 65</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Marcos Antonio Veiga</t>
   </si>
   <si>
     <t>Para que o Poder Executivo realize um trabalho de reestruturação na estrada que liga a BR 476, aos terrenos Agrícolas de vários produtores , passando perto da residência do Sr. Régines Gassner, no Distrito de Lagoa da Cruz.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/449/9.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/449/9.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 09/2023 de autoria do Vereador RICARDO WISNIESKI ALVES, Para que o Poder Executivo, Juntamente com a Secretaria Municipal de Educação, seja estudada a possibilidade da contratação de Monitores, responsáveis pela segurança das Crianças em alguns ônibus de transporte Escolar.                                                                                                                                             JUSTIFICATIVA: Justificou sua Indicação afirmando a necessidade do acompanhamento de uma Pessoa auxiliando os Motoristas de alguns ônibus, para garantir a segurança das Crianças._x000D_
 Salientou que já solicitou anteriormente, no entanto não foi atendido, o que reforça essa carência com base em relatos de Crianças que caíram, outras que ficaram na Escola no término das aulas, ou nos pontos e que não foram vistas pelos Motoristas, fatos que causam transtornos e preocupações para alguns Pais de alunos que reivindicaram essa necessidade.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/450/10.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/450/10.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração na estrada que se inicia próxima à propriedade do Sr. “Polaco Magalhães”, até a residência do Sr. Marciano, na comunidade de Aterrado Alto.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/451/11.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/451/11.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de restauração e manutenção na estrada Adelino Cordeiro. Centro.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/452/12.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/452/12.docx</t>
   </si>
   <si>
     <t>Ao Poder Executivo para que seja estudada a possibilidade de conceder a aplicação do Piso Salarial da enfermagem à todas as Profissionais da área, as quais se enquadram na categoria.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/453/13.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/453/13.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através da Secretaria de Obras, realize um trabalho de reestruturação, na estrada principal, na subida próxima a residência do Sr. José Húpalo, na comunidade da Campina.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/454/14.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/454/14.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através da Secretaria de Obras, realize um trabalho de reestruturação, nas estradas principais, na comunidade do Avencal.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de restauração nas estradas Principais e secundárias, que dão acesso às propriedades rurais, na comunidade do Imbuial.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/465/16.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/465/16.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através do setor de Obras, viabilize um abrigo no ponto de ônibus, próximo à residência do Sr. Laercio Schelusniaki, na comunidade do Butiá. Justificou estar refazendo a presente Indicação, à pedido dos moradores que especialmente em dias chuvosos as Crianças vêm tendo grande dificuldade para esperar o transporte Escolar, ficando expostos às interpéries do tempo.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/466/17.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/466/17.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 17/2023 De autoria do Vereador RICARDO WISNIESKI ALVES, Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração em alguns pontos na estrada da Serrinha, na comunidade de Lagoa da Cruz._x000D_
 Justificou estar atendendo várias reivindicações de moradores, ressaltando que confirmou o que lhe foi relatado. Sugeriu que seja construído um bueiro na encruzilhada que dá acesso à várias propriedades, onde devido às fortes chuvas atingem a propriedade do Sr. Elieser Kaczyk. Ressaltou que o mesmo caso acontece próximo à Igreja da referida Comunidade, para que seja estudada a possibilidade de fazer um manilhamento para melhor escoamento das água das chuvas.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_17-2023_-_ricardo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_17-2023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor competente realize melhorias nas quadras esportiva nos Distritos de Posto Train, e Lagoa da Cruz.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Natálio Zildo Falcão</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/481/19.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/481/19.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 19/2023 Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras, realize um trabalho de reestruturação nas estradas da comunidade do Avencal._x000D_
 JUSTIFICATIVA: Destacou que através da referida Indicação, visa atender reivindicações de moradores, especialmente do Pai do Senhor Antoninho Aurelhuck, o qual relata que certos pontos da estrada estão intransitáveis.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/486/20.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/486/20.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor Competente, estude a possibilidade e a viabilidade do Município oferecer CURSOS PROFISSIONALIZANTES, objetivando a preparação de Jovens para o Primeiro Emprego.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/519/21.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/519/21.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, execute algumas melhorias na Rua do Campo, Distrito de Posto Train. Água Amarela de Baixo.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/520/22.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/520/22.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor Competente estude a possibilidade e a viabilidade de criar “Programas de atividades físicas para a 3ª idade (Hidroginástica, Pilates, entre outros).</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através do Setor Competente, estude com urgência a possibilidade de serem construídas duas lombadas, uma próxima do Bar da Luiza, outra em frente à propriedade dos Srs. Roni. Centro.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através do Setor Competente realize, ou Oficie o DER, responsável pela Rodovia João Francisco Siqueira, para que seja feito um trabalho de limpeza com o uso de motoniveladora, nas margens da pista em toda a extensão da referida Via.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>PSD</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/587/25.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/587/25.docx</t>
   </si>
   <si>
     <t>* INDICAÇÃO nº 25/2023 de autoria dos Vereadores MARCO, NATÁLIO, MARINALDO, JOSÉ JOAREZ, E JOÃO ISSACARD. Ao Poder Executivo Municipal, para que seja estudada a possibilidade e Legalidade para que seja equiparado o salário dos Profissionais de Enfermagem Municipais, ao Piso salarial nacional da Enfermagem. _x000D_
 JUSTIFICATIVA: Justifica-se a presente Indicação com base na seguinte publicação Diário Oficial da União: “O presidente da República, Luiz Inácio Lula da Silva, sancionou sem vetos a lei que permite ao governo federal transferir R$ 7,3 bilhões para estados e municípios pagarem o novo piso da enfermagem. A Lei 14.581, de 2023 foi publicada no Diário Oficial da União desta sexta-feira dia 12”. Diante o exposto, solicitamos que seja atendida uma antiga demanda devido a defasagem salarial destes Profissionais.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/594/26.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/594/26.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, execute um trabalho de melhorias na estrada desde a Pr. 281 até a propriedade do Sr. João Pedro Seniuk. Na comunidade de Cerro Lindo.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/627/27.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/627/27.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através da Secretaria de Obras, execute um trabalho de recuperação dos abrigos de Pontos de ônibus existentes, e colocação de novos em lugares que estão faltando.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/634/28.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/634/28.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo, sugerindo que seja estudada a Possibilidade da construção de um monumento em homenagem aos Expedicionários que residiam no Município de Antonio Olinto.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/635/29.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/635/29.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para que através do Setor de Obras, seja feito um trabalho de desobstrução dos bueiros e limpeza das canaletas, além de serviços de melhorias nas entradas que dão acesso às casas, na rua José Voitki. Distrito Lagoa da Cruz.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/650/30.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/650/30.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através da Secretaria Municipal de Obras, viabilize a substituição de uma ponte de madeira por tubos de concreto na estradas da comunidade do Corvo Branco. Além de um bueiro na estrada próximo à Igreja Ucraniana.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/663/31.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/663/31.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor Competente estude a possibilidade instalar QR CODE nos pontos Turísticos e monumentos do Município, onde a População através de aplicativos de celulares, possa obter informações sobre os mesmos.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Eliseu Schimidt de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/679/32.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/679/32.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor Competente estude a possibilidade de viabilizar um caminhão equipado com tanque para limpeza de fossas, para realizar esse trabalho especialmente nas comunidades do interior do Município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/698/33.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/698/33.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, através do Setor Competente, para dar sequência na instalação de iluminação pública na Vila Rural. Justificou a presente Indicação afirmando que o trabalho foi realizado até um certo ponto, e não foi concluído de forma à atender à todos. Ressaltou seu compromisso em Legislar para que as Políticas Públicas sejam para toda a População</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/701/34.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/701/34.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que o Setor de Obras prossiga com os trabalhos que haviam sido iniciados na antiga estrada do Espigão. Justificou a presente Indicação afirmando estar atendendo moradores Locais, os quais reivindicam que o trabalho foi realizado especificamente até a propriedade do Sr. Mariano, e daí em diante não foi dado continuidade nos trabalhos de reestruturação, sendo necessário que seja dado sequência de forma à atender todos igualmente.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/720/35.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/720/35.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize com um trabalho de reestruturação em toda extensão da estrada que liga a Sede do Município, passando pelas comunidades de Aliança Nova, e Mico Magro Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/721/36.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/721/36.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, para que seja contratada uma empresa especializada para fazer uma Análise, para apurar o motivo da água fornecida à uma parte dos moradores da comunidade do Butiá, estar chegando suja nas torneiras.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de recuperação das ruas, bem como manilhamento em diversos nas Ruas: do Morro, Pôr do Sol, Amoreira, e Rua dos Eucalipto, na rua em frente, e atrás do Mercado Lima, bem como em todas as demais ruas do Distrito de Lagoa da Cruz.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, Divulgue nas redes sociais e demais meios de comunicação, os dias e horários em que passa o caminhão de coleta de lixo no Município.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/775/39.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/775/39.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras substitua uma manilha que está quebrada em um bueiro na estrada principal, na comunidade de Aliança Nova, em direção à comunidade do mico Magro.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/776/40.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/776/40.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado pelo Município através do Setor de Obras, um trabalho de reestruturação na estrada desde a Santa Cruz, comunidade de Santos Andrade, Estrada da Estrela, passando pela propriedade do Kuka, até a comunidade do Butiá.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/793/41.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/793/41.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de manutenção em toda estrutura, e conclua as paredes ao redor da quadra esportiva, comunidade do Posto Train.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/794/42.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/794/42.pdf</t>
   </si>
   <si>
     <t>Seja realizado pelo Município através do Setor de Obras, um trabalho de reestruturação na estrada próxima à quadra esportiva Society, no Distrito Lagoa da Cruz.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>INDV</t>
   </si>
   <si>
     <t>Indicação Verbal</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ind._verbal_01-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ind._verbal_01-2023.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO VERBAL nº 01/2023, realizada em Plenário, de autoria conjunta dos Srs. Vereadores RICARDO, WILSON, JOÃO ISSACARD, e MARCO, através da qual solicitam ao Poder Executivo, por meio da Secretaria de Obras, para que seja solucionado com urgência a questão do fornecimento de água para População da comunidade do Butiá. Justificou afirmando que o problema em relação à água na referida comunidade já vem de longas datas, o que requer uma atenção especial para que seja buscado uma solução. Ressaltou que na residência da Sra. Aline Gabardo é comum a falta de água, bem como em outras residências, e que a única forma de resolver seria com a instalação de um reservatório, (caixa de água), ou a substituição da Bomba do Poço por uma mais potente, com maior capacidade de vazão, assim como nas demais comunidades do interior do Município. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ind._verbal_02-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ind._verbal_02-2023.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO VERBAL nº 02/2023, realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através da Secretaria de Obras, realize um trabalho de reestruturação na estrada desde o encruzilhada da Comunidade de 3 Poços, até a comunidade de Mico Magro. Justificou estar refazendo esta Indicação, que fizera no ano anterior e até o presente momento não foi resolvido, e durante esse tempo o problemas se agravaram. Ressaltou que existe a possibilidade das pedras serem fornecidas pela Prefeitura do Município de São Mateus do Sul, o que agilizaria na realização dos trabalhos. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ind._verbal_03-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ind._verbal_03-2023.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO VERBAL nº 03/2023, realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo, para que seja repassado o ICMS aos Faxinalenses, da comunidade de Água Amarela de Cima.  Justificou a presente Indicação atendendo aos Faxinalenses quanto ao que lhes é de Direito, de um total acumulado no valor de R$ 350.000,00. Para que seja destinado nas prioridades dessa População. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/442/4.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/442/4.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO Nº 04/2023, de autoria do Vereador RICARDO WISNIESKI ALVES, para que o Poder Executivo, através do Setor de Obras, realize um amplo trabalho de restauração as Ruas: do Morro, Pôr do Sol, Amoreira, e Rua dos Eucalipto, atrás do Mercado Lima no Distrito de Lagoa da Cruz._x000D_
 JUSTIFICATIVA:  Justificou estar refazendo esta Indicação, salientado ser um problema antigo, que apesar de algumas melhorias já haverem sido feitas, porém existem várias demandas dos moradores da referida Vila, relatando que algumas ruas necessitam urgentemente passarem por algum tipo de reestruturação, especialmente rebaixar as ruas, pois em dias chuvosos, ocorrem alagamentos nas casas devido ao desnível do terreno. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/443/5.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/443/5.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO VERBAL nº 05/2023, realizada em Plenário, de autoria do Vereador RICARDO WISNIESKI ALVES, para Poder Executivo, para que através do Setor competente realize melhorias na Rodoviária Municipal. Centro. Justificou afirmando estar atendendo várias reivindicações de moradores, bem como presenciou no local (tampas de fossa quebrada, lâmpadas queimadas, etc)._x000D_
 No aguardo da atenção, e certo de contar com a vossa compreensão, renovamos votos de estima e apresso. (Acatada pela Presidência).</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/445/onibus_faculdade.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/445/onibus_faculdade.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 06/2023, realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo, para que através do Setor competente seja adquirido um ônibus, para assim substituir o que atualmente faz o transporte de Estudantes Universitários do período Noturno. Justificou a presente Indicação afirmando que este ônibus vem apresentando vários problemas mecânicos, causando transtornos e gerando certa insegurança aos alunos, devido ao iminente risco da exposição à possíveis acidentes.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/446/estrada_matao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/446/estrada_matao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 07/2023, realizada em Plenário, de autoria do Vereador MARCO ANTONIO VEIGA, através da qual solicita ao Poder Executivo, por meio da Secretaria de Obras, para que seja feito um trabalho de reestruturação na estrada conhecida como “estrada do Matão”, da comunidade do Butiá._x000D_
 Justificou afirmando que o referido trecho está em péssimas condições de tráfego, dificultando o acesso dos Agricultores às lavouras, sendo a principal via à residência do Srs. Eleutério e Pedro Bay, e demais usuários moradores da comunidade de Estrela.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_08.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_08.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 08/2023, realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação na estrada que se inicia próxima ao mercado São João, no distrito Posto Train, até a caixa de água na estrada principal que dá acesso à comunidade de Água Amarela. Justificou a presente Indicação afirmando que este o referido trecho é de grande importância aos usuários encurtando distância, interligando as duas comunidades, sem que estes necessitem transitar pela Br. 476.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_09.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_09.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 09/2023, realizada em Plenário, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras coloque realize melhorias na estrada que dá acesso às lavouras do Sr. Antonio Perymeibida, na comunidade Do Espigão._x000D_
 Justificou a presente Indicação afirmando que no local existe um rio onde já foram construídos bueiro, no entanto a água destrói, portanto sugere que seja colocada uma carga de pedras neste ponto, o que facilitaria a travessia dos usuários.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_10.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_10.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 10/2023, realizada em Plenário, de autoria do Vereador MARCO ANTONIO VEIGA, através da qual solicita ao Poder Executivo, por meio da Secretaria de Obras, para que seja viabilizada a construção de 02 “Mata-burro”, em uma estrada da comunidade do Butiá._x000D_
 Justificou afirmando que o através de diálogo entre os moradores, foi entrado em comum acordo para que sejam construídos estes “mata burro” na estrada que dá acesso às várias residências, do Srs. (as): Valter Colaço, Vanda, Negrinho, Maurilio, Miguel, e Jovair, o que irá facilitar inclusive para os condutores dos ônibus de transporte escolar.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/467/11.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/467/11.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 11/2023, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, ao Poder Executivo, para que seja estudada a possibilidade de instalar uma sala do Empreendedor no Município. _x000D_
 Justificou afirmando estar refazendo a presente Indicação, à pedido de vários Proprietários de (MEI), planejando migrar para outro Município, devido à falta de apoio para esse Público. Ressaltou que o SEBRAE, manifestou disposição em prestar todo atendimento e treinamento necessário, compete ao Poder executivo acatar e ceder o necessário espaço Físico e um Servidor para atender a População.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>João Issacard Borba</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/468/12.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/468/12.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 12/2023, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação na estrada principal que dá acesso à propriedade do Sr. Tino Martins, na comunidade de Avencal. Justificou a presente Indicação afirmando que a referida estrada está intransitável especialmente por veículos de grande porte, o que vêm dificultando o escoamento das safras dos fumicultores da região.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/471/13.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/471/13.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 13/2023, realizada em Plenário, de autoria do Vereador GILCIANO MOREIRA, através da qual solicita ao Poder Executivo, por meio da Secretaria de Obras, realizado um trabalho de reestruturação nas estradas da comunidade de Campina Vermelha._x000D_
 Justificou afirmando que a precariedade das estradas vêm preocupando os moradores locais devido à dificuldade de tráfego do ônibus de transporte escolar, onde crianças estão perdendo dias letivos.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/469/14.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/469/14.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 14/2023, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na conhecida “estrada do Denis”, que se inicia próxima à oficina do Beto, até a propriedade do Mirto Seco, no distrito Posto Train. Justificou a presente Indicação afirmando que é um trecho curto, e de fácil manutenção, pois tem uma base boa, portanto basta uma desobstrução de bueiros uma reestruturação</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Marinaldo Schmidt Lemes</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/470/15.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/470/15.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 15/2023, de autoria do Vereador MARINALDO SCHMIDT LEMES. Solicita ao Poder Executivo, através da Secretaria de Obras, para que seja feito um trabalho de reestruturação em toda extensão da estrada da Água Amarela de Baixo, até a Água Amarela de Cima, e em direção ao 112.  Justificou afirmando que o referido trecho está muito esburacado devido ao excesso de chuva dos últimos dias, ressaltando que um trabalho emergencial de “tapa buracos”, seria o ideal para corrigir tais irregularidades.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/479/16.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/479/16.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 16/2023, de autoria do Vereador GILCIANO MOREIRA, através da qual solicita ao Poder Executivo, por meio da Secretaria de Obras, para que seja construído um bueiro na entrada de acesso à propriedade do Sr. Jair de Souza, na comunidade de Água Amarela do meio._x000D_
 Justificou ter ouvido através da Pessoa citada, que já recorreu ao Poder Público municipal, porém não foi atendido._x000D_
 Ressaltou haver além da residência, um ponto comercial onde gera imposto ao Município, gera emprego e provém meio de sobrevivência à Família, no entanto tem dificuldade até mesmo de ampliar seu Negócio, devido à dificuldade de locomoção.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/487/17.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/487/17.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 17/2023, realizada em Plenário, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, ao Poder Executivo, para através da Secretaria de Obras realize melhorias nas estradas secundárias na comunidades Barra da Cruz, Aterrado Alto..._x000D_
 Justificou a necessidade de que seja feito um trabalho na Estrada Principal, próxima das lavoura na propriedade do “Vardinho”, em vários pontos citando alguns as estradas secundárias de acesso às propriedades de Edinei Woitik, Marciano, Nico, Miguelzinho. E reestruturação na ponte próxima da residência do Sr. Roger e Rafaela Nareski.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/488/18.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/488/18.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 18/2023, realizada em Plenário, de autoria do Vereador GILCIANO MOREIRA, através da qual solicita ao Poder Executivo, por meio da Secretaria de Obras, para que seja feito um trabalho de reestruturação estrada, que dá acesso à na comunidade de Santos Andrade._x000D_
 Justificou ser necessário um trabalho de patrolamento e abertura de valas para escoamento da água das chuva, que ao escorrer pelo meio da estrada vêm causando grandes danos, dificultando o tráfego de veículos._x000D_
 Destacou especialmente o início da subida em direção à igreja da referida comunidade como o trecho mais crítico.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>Wilson Napoleão Guenze</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/537/19.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/537/19.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 19/2023, realizada em Plenário, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que seja realizada Licitação para contratar uma Empresa de Segurança, em regime de Urgência, para que em breve, respeitando os trâmites Legais seja realizado um Concurso Público, para contratação de Vigias ou Segurança, para atuarem nos portões das Escolas Municipais._x000D_
 Justificou a presente Indicação, comovendo-se com os frequentes casos de violência em Escolas, vitimando Crianças e Professores em todo País.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/538/20.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/538/20.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 20/2023, realizada em Plenário, de autoria do Vereador MARINALDO SCHMIDT LEMES. Solicita ao Poder Executivo, através da Secretaria de Obras, para que seja feito um bueiro, na estrada que dá acesso à propriedade da Sra.  Lucinda Pietraski, na comunidade do Cerro Lindo._x000D_
 Justificou afirmando estra atendendo reivindicação da Senhora acima citada, a qual relata a necessidade de melhorias.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para através da Secretaria de Obras realize melhorias na entrada que dá acesso ao “Desvio”, na comunidade do Cerro Lindo. Justificou estar através desta, complementando a Indicação do Vereador Natálio solicitando melhorias na rodovia 281. Assim seja possível reestruturar a estrada onde está difícil inclusive para a parada de ônibus neste local. No aguardo da atenção, e certo de contar com a vossa compreensão, renovamos votos de estima e apresso”.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para através do Setor de Obras construir duas lombadas em frente à Escola Cecília Meireles, na comunidade do Butiá. Justificou estra atendendo uma reivindicação do Diretor do referido Estabelecimento, visando garantir mais segurança à todos que circulam neste local”.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para através da Secretaria de Obras realize melhorias na entrada que dá acesso às propriedades dos Srs. Rodrigo, Adelton, e Beterson Siqueira, no Distrito Lagoa da Cruz. Justificou sua Indicação, afirmando estar atendendo reivindicações de moradores do referido local”</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/566/24.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/566/24.docx</t>
   </si>
   <si>
     <t>“Solicitando ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação na estrada que dá acesso à propriedade do Sr. Josino Himoski, na comunidade Estrela. Justificou a Importância da presente Indicação, afirmando estar atendendo reivindicações dos moradores, solicitando trabalhos de patrolamento e empedramento no referido trecho”.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/567/25.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/567/25.docx</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para que através do Setor Competente, seja solicitado aos Motoristas de Ônibus Escolares, para que todos deixem as crianças em frente o pátio da Escola, no distrito de Lagoa da Cruz. Justificou estar atendendo reivindicação de Pais de Alunos, que alguns Motoristas estão deixando os Alunos desembarcar na Pr. 281, e percorrendo à pé esse trecho até a Escola. Ressaltou que diante à preocupação geral, sobre os casos de violência que mesmo em isoladamente vêm ocorrendo, é incontestável a necessidade da mobilização de todos em zelar incondicionalmente pela segurança das Crianças”.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/568/26.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/568/26.docx</t>
   </si>
   <si>
     <t>“Solicitando ao Poder Executivo, para que através do Setor de Obras realize melhorias na estrada secundária, que dá acesso às propriedades dos Sr. Marcos e Mario Rodrigues, na “Estrada Velha”. Justificou estar através da presente Indicação, atendendo a reivindicação dos referidos senhores, solicitando a construção de bueiros nestes Locais”.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/571/27.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/571/27.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para através do Setor Competente fiscalize o trabalho de instalação da Rede de energia elétrica, nas comunidades Porto de Pedras, e Linha São João._x000D_
 Justificou estar atendendo reivindicações de proprietários dos terrenos às margens das estradas onde as Obras estão em andamento, com os postes sendo fincados dentro da Faixa de Domínio Municipal._x000D_
 Ressaltou que que a Obrigação de fiscalizar e acompanhar a execução desse tipo de trabalho, é exclusivamente da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/572/28.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/572/28.docx</t>
   </si>
   <si>
     <t>O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias nas estradas Principais e Secundárias, na comunidade de Água Amarela do Meio._x000D_
 Justificou estar em constante circulação pela referida região, portanto conhece a realidade sobre a necessidade de um trabalho de reestruturação com patrolamento e colocação de pedras para melhorar a trafegabilidade aos Munícipes.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/573/29.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/573/29.docx</t>
   </si>
   <si>
     <t>O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na estrada principal, bem como na estrada queda acesso à propriedade da Sra. Nelci da Silveira, na comunidade Estrela._x000D_
 Justificou a necessidade de um trabalho de reestruturação com patrolamento e colocação de pedras, salientando que a precariedade da referida estrada se agravou devido ao fluxo de veículos de carga das empresas de extração de madeiras.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/579/30.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/579/30.docx</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para através do Setor Competente estenda a rede de Iluminação Pública em alguns locais onde os moradores vêm reivindicar, relatando o problema. Justificou ter confirmado o que foi relatado, nas comunidades do Posto Train, às margens da BR 476, iniciando-se no Restaurante Cantú em direção à Oficina do Beto, na Lagoa da Cruz, desde a PR 281 próxima à Lanchonete da Geni, até a propriedade da Sra. Leni de Lima, e na Sede do Município até a propriedade do Sr. Helder Trzaskos.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/580/31.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/580/31.docx</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para que seja enviado à esta Casa de Leis o que requer o Ofício nº 22/2023, (em anexo), protocolado no dia 09/03/2023, ao qual até a presente data não obtivemos resposta. Justificou estar cumprindo sua função Fiscalizatória, solicitando documentos pertinentes à uma Obra, que inclusive tem gerado dúvidas quanto ao Projeto, pois a referida Obra apresenta algumas irregularidades.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/581/32.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/581/32.docx</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para que através do Setor de Obras providencie com urgência a construção de Lombadas nas Ruas Adir Figueira Machiavelli, e Julieta Mayer Guimarães, na qual necessita ainda, um trabalho amplo de limpeza e reconstrução de calçamentos, até o final da Rua Messias Eliseu de Meira. Centro. Justificou estar atendendo reivindicações de moradores e usuários, relatando a exposição constante de pessoas ao risco de acidentes devido a direção perigosa de alguns condutores de veículos, quanto ao calçamento afirma estar em péssimas condições, dificultando a circulação dos usuários</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/584/33.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/584/33.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras estude a possibilidade de construir duas lombada na estrada principal, Próximo ao Comercio do Binho, na comunidade do Butiá._x000D_
 Justificou informando que vem através desta, atender reivindicação de moradores, os quais relataram ser comum alguns motoristas vêm conduzindo seus veículos em alta velocidade, pondo em risco a vida das pessoas que ali transitam, por se tratar de um local de um grande fluxo de pessoas.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/588/34.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/588/34.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras providencie com urgência a colocação de uma carga de pedras na cabeceira do rio Colaço. _x000D_
 Justificou a presente Indicação, afirmando passar diariamente pelo referido local, portanto presenciou um degrau ao chegar na ponte, apresentando um grande risco de acidentes aos condutores de veículos.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/595/35.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/595/35.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para seja atualizado o Sistema “Portal da Transparência”. Justificou ter dificuldade, bem como demais interessados, em conseguir obter informações pesquisadas, faltando vários dados de interesse Público, que deveriam estar editados especificadamente, para melhor transparência dos atos Públicos.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/596/36.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/596/36.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na “Estrada do 112”, desde a Br. 476, até a comunidade de Água Amarela do maio. Justificou afirmando que a referida estrada está situada no Município da Lapa, no entanto a maioria dos usuários residem no Município de Antonio Olinto, como via alternativa para acesso à comunidade acima mencionada</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/597/37.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/597/37.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo Municipal, oficie o DNIT (Departamento Nacional de Infraestrutura de Trânsito), para que o mesmo viabilize a reativação do Radar, na Br. 476 Km. 253+100m, na comunidade de Água Amarela de Baixo (Posto Train). Justificou a presente Indicação afirmando que a referida Indicação, é de suma importância devido ao aumento significativo de acidentes no local. Salientou ainda que se trata de um trecho de pouca visibilidade, que somado à alta velocidade dos Motoristas, contribuem para os constantes acidentes que vêm acontecendo.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/598/38.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/598/38.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras coloque realize melhorias em toda extensão da “Estrada Velha”. Justificou a presente Indicação citando os principais pontos que necessitam melhorias, sendo estes: próximo às Propriedades dos Stavasz (abertura de valas, e patrolamento), e construção de dois bueiros para acesso nas propriedades dos Srs. Albino Marquete e Antonio Dubena.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/599/39.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/599/39.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de limpeza em alguns pontos na Estrada principal da comunidade Porto de Pedras. Justificou a presente Indicação após reivindicação de moradores na Comunidade, dizendo que principalmente nas curvas onde o mato dos barrancos, atrapalha visibilidade dos motoristas, podendo causar acidentes.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/603/40.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/603/40.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo para através da Secretaria de Obras realize melhorias na rodovia 281, até próximo ao postos Santa Cruz, passando pela propriedade do Sr. Osmar Oliva, até a residência da Sra. Andreza.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/604/41.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/604/41.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para através da Secretaria de Obras realize melhorias na estrada que se inicia no Distrito Posto Train, até próximo à propriedade do “Rato”, motorista da Prefeitura.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/605/42.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/605/42.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras proceda com trabalhos de manutenção na quadra de grama sintética, na Sede do Município.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>Solicitou ao Executivo, para que através do Setor Competente seja averiguado no Hospital Dr. Paulo Fortes, sobre a qualidade dos exames de Raio X, realizado nos Pacientes.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/607/44.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/607/44.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras providencie com urgência a substituição de algumas lâmpadas na Rua Almir Machiavelli. Centro.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/608/45.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/608/45.docx</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor Competente, para que sejam instaladas placas indicativas priorizando a rua em frente à Escola da comunidade do Butiá, exclusivamente para veículos de Transporte Escolar.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/618/46.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/618/46.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras proceda com trabalhos de reestruturação na estrada conhecida como “estrada dos Sachinski”.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/619/47.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/619/47.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor Competente viabilize a instalação de câmeras de segurança nas quadras esportivas do Município.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/620/48.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/620/48.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de melhorias na Rua Adir Figueira Machiavelli. Centro.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/621/49.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/621/49.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que sejam oficiados os Proprietários de Farmácias do Município, sobre o horários de Plantões de atendimento.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/622/50.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/622/50.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras possa construir 02 bueiros na estrada principal, em direção ao Butiá, um na comunidade de Santos Andrade, próximo à propriedade do Irmão do “Padeirinho”, o outro na descida do Bieneck</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/632/51.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/632/51.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras possa construir um bueiro na estrada principal, distante em média uns 400 metros do Comércio do Sr. Marcos Colaço. Na comunidade do Butiá. Justificou a presente Indicação, relatando que as manilhas do referido bueiros estão quebradas, causando grandes transtornos aos usuários da Via.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/633/52.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/633/52.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, através do Setor Competente para que seja estudada a possibilidade e legalidade da Profissionalização das Servidoras Municipais, especialmente as Merendeiras. Justificou a presente Indicação, afirmando que algumas Servidoras concursadas para Serviços Gerais, Vêm atuando na Função de Merendeiras, para suprir a defasagem dessas profissionais no quadro de Funcionários.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/636/53.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/636/53.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras realize um trabalho de melhorias na Rua Adir Figueira Machiavelli. Centro._x000D_
 Justificou estar refazendo tal Indicação, afirmando que as calçadas da referida rua, precisam urgentemente de reestruturação, (retirada de entulhos, limpeza e concertos em alguns pontos), citando 03 bocas de lobo quebradas próximas da propriedade da Mãe do Nelsinho Wolochen._x000D_
 Ressaltou que o que requer a Presente Indicação é de extrema urgência, como a principal e única forma de minimizar o risco da eminência de acidentes.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/637/54.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/637/54.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo Municipal, para que através do Setor competente, viabilize a inclusão de um trator agrícola na lista dos equipamentos enviados à “ASSOCIAÇÃO DOS MORADORES E AGRICULTORES FAXINALENSES DE ÁGUA AMARELA DE CIMA - (AMAFAAC), na comunidade de Água Amarela de Cima. Justificou a presente Indicação afirmando que por se tratar de uma Associação correspondente por Famílias envolvidas diretamente na atividade Agrícola, este equipamento é de extrema necessidade.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/638/55.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/638/55.pdf</t>
   </si>
   <si>
     <t>solicita ao Poder Executivo, para que através do Setor de Obras seja construída uma lombada na rua de saída à comunidade da Campina. Justificou reforçando as demais reivindicações sua e de outros Vereadores, para que seja estudada a possibilidade de atender essas demandas, ressaltando que são pedidos da População. No aguardo da atenção, e certo de contar com a vossa compreensão, renovamos votos de estima e apresso.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/643/56.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/643/56.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, para que através do Setor de Obras, viabilize com urgência a reestruturação de um bueiro, na estrada principal, próximo ao Colégio na comunidade do Butiá._x000D_
 Justificou estar refazendo essa Indicação, a qual já foi feita por outros Vereadores, porém nenhuma atitude foi tomada”.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/644/57.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/644/57.pdf</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação no trecho conhecido como “Estrada do Morro”. Na comunidade do Butiá. Justificou a presente Indicação, relatando que se trata de um trecho que mede 01 Quilômetro, muito utilizado pelos Agricultores como importante via alternativa, para encurtar o caminho de acesso às lavouras”.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/645/58.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/645/58.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo Municipal, para que através do Setor competente, viabilize a ligação de água na residência do Sr. Pedro Lezan, na comunidade de Água Amarela do Meio. Justificou a presente Indicação afirmando que a rede de água passa muito próxima do referido local, no entanto esta Família está desprovida de um bem fundamental à sobrevivência humana”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/646/59.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/646/59.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, para que através do Setor de Obras, seja reestruturado o trecho da “Estrada do Picadão”, que liga as comunidades São João e Porto de Pedras. Justificou ressaltando que através desta, vem atender pedidos da População, pois o trecho é de extrema importância para escoamento da produção Agrícola”.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/651/60.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/651/60.pdf</t>
   </si>
   <si>
     <t>ao Poder Executivo, para que através do Setor de Obras proceda com trabalhos de reestruturação na estrada desde a “Estrada Velha”, passando pelo comercio do Sr. Benedito Januário, até a fazenda do Anibelli. Justificou a presente Indicação, afirmando ter presenciado o estado precário da referida estrada, bem como estar atendendo reivindicando o que pede a População</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/652/61.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/652/61.pdf</t>
   </si>
   <si>
     <t>solicita ao Poder Executivo, para que sejam enviadas à esta Casa de Leis, as respostas de Indicações e Requerimentos. Justificou estar cumprindo sua função Fiscalizatória, assim como os demais Vereadores, atendendo as demandas da População, portanto requer o mínimo de compreensão enviando respostas convincentes de modo à sanar as dúvidas dos Munícipes.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/653/62.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/653/62.pdf</t>
   </si>
   <si>
     <t>solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na que dá acesso à propriedade do Sr. Mateus Griten, na comunidade Água Amarela de Baixo. Justificou estar atendendo a reivindicação do Sr. Mateus relatando sobre as Más condições da referida estrada, que se inicia próxima à residência do Sr. Beto Kochinski. Com o agravante das fortes chuvas ocorridas nos últimos dias.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/654/63.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/654/63.pdf</t>
   </si>
   <si>
     <t>solicitou ao Poder Executivo, para que através do Setor de Obras realize manutenções urgentes na estrada da comunidade de Cerro Lindo, no trecho que se inicia na chácara do Professor Wilson, saindo de volta na Pr. 281 na Vila Rural.  Justificou afirmando que conhece os Problemas em vários pontos da referida estrada, necessitando de limpeza de valas, desobstrução de bueiros, e/ou demais serviços de reestruturação, garantindo a trafegabilidade dos Usuários, especialmente de Veículos de transporte Escolar.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/656/64.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/656/64.pdf</t>
   </si>
   <si>
     <t>“Solicitou ao Poder Executivo para que através Setor Competente, seja verificado e resolvido o motivo, pelo qual a qualidade da Água está sendo fornecida apresentando má qualidade. Justificou afirmando que especialmente na região dos Soares, da residência do Sr. Antoninho Colaço em diante, os moradores relataram que a água está chegando à População, apresentando cheiro e coloração incompatíveis com as características exigidas para o consumo humano”.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/659/65.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/659/65.pdf</t>
   </si>
   <si>
     <t>"Solicitando ao Poder Executivo, para através do Setor Competente estenda a rede de Iluminação Pública em alguns locais onde os moradores vêm reivindicar, relatando o problema._x000D_
 Justificou ter confirmado o que foi relatado, no Distrito Lagoa da Cruz, desde a PR 281 até a propriedade do Sr. Dorval Ferreira, e próximo à propriedade do Sr. Claudivino Bráz".</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/660/66.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/660/66.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, para que através do Setor de Obras realize um trabalho de melhoria no trecho conhecido como “Estrada do Morro” Na comunidade do Lavador. Justificou a presente Indicação, relatando que o referido trecho foi reestruturado recentemente, porém precisa ser refeito um bueiro, o qual está com as manilhas quebradas, dificultando o tráfego dos Usuários".</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/661/67.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/661/67.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, para que através do Setor de Obras estude o que pode ser feito para resolver um problema na rua Nivaldo P. Martins, especificamente entre as propriedades dos Srs. Celso Shurmas, e João Druzik, saída para o centro de eventos. Justificou a presente Indicação, afirmando ser um problema antigo, onde se forma um “borrachudo”, problema que se agrava nos dias chuvosos".</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/662/68.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/662/68.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, através da Secretaria de Obras, para que seja feito um trabalho de reestruturação em toda extensão da estrada das comunidades Água Amarela do Meio, Água Amarela de Baixo, Água Amarela de Cima, e em direção ao Km 112. Justificou afirmando que o referido trecho está muito esburacado devido ao excesso de chuva dos últimos dias, ressaltando que um trabalho emergencial de “tapa buracos”, seria o ideal para corrigir as irregularidades".</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/664/69.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/664/69.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para através da Secretaria de Obras estrada conhecida como “estrada das capoeiras”, na comunidade do Lavador. Justificou a presente Indicação, atendendo reivindicação do Motorista do ônibus Escolar Sr. Paulo Heliton, relatando que especialmente em dias chuvosos o ônibus têm dificuldades para transportar os Alunos. O trecho corresponde desde a estrada principal, até próximo à Igreja do Sr. Sidnei Becker. (Acatada pela presidência).</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/665/70.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/665/70.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras construa bueiros, em alguns pontos da estrada principal Na comunidade do Lavador. Citou relatando os principais locais: Próximo ao local onde a empresa WestRock instala a balança de pesagem, outro próximo à propriedade do Sr. José Romanovicz.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/666/71.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/666/71.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor Competente, para que sejam instaladas placas indicativas priorizando a rua em frente à Escola da comunidade do Butiá, exclusivamente para veículos de Transporte Escolar. Justificou estar refazendo a presente Indicação atendendo pedidos de Pais de Alunos, e motoristas dos ônibus sobre o transtorno causado por motoristas que estacionam neste local, atrapalhando o embarque e desembarque das Crianças.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/668/72.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/668/72.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor competente construir uma lombada, em frente o Posto de Saúde, Centro Justificou a presente Indicação, atendendo reivindicações de proprietários de comércio, bem como de Populares que utilizam essa área, ressaltando ser um local de grande circulação de pessoas, onde alguns motoristas desrespeitam o limite de velocidade, colocam em risco a vida das Pessoas.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/670/73.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/670/73.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através da Secretaria de Obras, realize um trabalho de reestruturação e manutenção nas estradas Principais e secundárias na comunidade da Serrinha, em Lagoa da Cruz. Justificou a presente Indicação, atendendo reivindicações de Moradores locais, citando os principais pontos mais críticos: Próximo às propriedades do Sr. Eliezer Katick, Janete Garcia, e André Zelinski, os quais dependem desses acessos para escoar seus Produtos Agrícolas.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/671/74.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/671/74.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação nas estrada principal, na comunidade do Avencal._x000D_
 Justificou estar atendendo Reivindicações de moradores, relatando a necessidade de colocação de pedras na referida estrada, facilitando o tráfego aos usuários.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/672/75.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/672/75.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor competente seja estudada a possiblidade da aquisição se um gerador de energia, para ser usado no centro de eventos. Justificou a presente Indicação, afirmando que repetidas vezes ocorrem os Apagões”, causando grandes transtornos em dias de eventos.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>"Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de limpeza e desobstrução das valas e bueiros na estrada Principal, que se inicia na chácara do Professor Wilson, até próximo à propriedade da Família Pietraski, na comunidade de Cerro Lindo,  Justificou afirmando que têm verificado os Problemas especialmente em dias chuvosos, com o acúmulo de sujeira obstruindo a passagem da agua das chuvas, que invadem estragando as estradas, enfim causando transtornos aos usuários".</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/680/77.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/680/77.pdf</t>
   </si>
   <si>
     <t>* INDICAÇÃO VERBAL nº 77/2023, realizada em Plenário, de autoria do Vereador GILCIANO MOREIRA, através da qual solicita ao Poder Executivo, para que através do Setor de Obras realize um trabalho de melhorias na Rua da residência do Sargento de Paula “in memorian”. Centro. Justificou a presente Indicação, afirmando que estar atendendo reivindicações de Moradores locais</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/683/78.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/683/78.docx</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras, realize um trabalho de reestruturação na estrada que d´acesso à Fazenda Palmares, na comunidade do Butiá._x000D_
 Justificou estar fazendo essa Indicação, à pedido dos proprietários e moradores locais.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/684/79.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/684/79.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras, realize um trabalho de limpeza nas canaletas e bueiros na estrada José Voitick, no Distrito Lagoa da Cruz._x000D_
 Justificou a importância da presente Indicação, relatando que as canaletas estão entupidas obstruindo o escoamento da água das chuvas, invadindo a estrada.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/685/80.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/685/80.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras faça um trabalho de alargar e rampear a estrada principal que liga as comunidades do Mato Preto ao Avencal. Justificou a presente Indicação, destacando o trecho de subida, onde a estrada é bastante estreita, o que impossibilita o encontro entre dois caminhões.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/686/81.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/686/81.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras estude a possibilidade de amenizar os frequentes problemas de estragos em pneus de veículos, causados por pedras nas estradas do Município. Justificou a presente Indicação, afirmando que talvez um trabalho com motoniveladora, e depois com o rolo compactador para assim eliminar as pedras soltas que vêm causando transtornos.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/687/82.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/687/82.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras Viabilize a substituição da ponte de madeira por um “bueirão”, próximo à residência do Sr. Mariano Sachinski, na comunidade de Água Amarela de Baixo. Justificou a presente Indicação, afirmando que esse sistema adotado pelo Setor de Obras tem sido muito eficiente, sanando os problemas comuns onde existiam as antigas pontes de madeiras._x000D_
 Diante do que se relata, pede-se para que sejam tomadas as providências evitando assim os transtornos especialmente em dias chuvosos</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/688/83.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/688/83.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras um trabalho de reestruturação na estrada desde a Pr. 281, que dá acesso a Fazenda do Mano, até a residência da família Romanovick. Na comunidade do Cerro lindo._x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicação de moradores e usuários da referida estrada, onde visitou e presenciou a necessidade de patrolamento, abertura de valas, e colocação de pedras em alguns pontos.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/689/84.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/689/84.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras um trabalho de reestruturação nas estradas principais e secundárias. Na comunidade do Pedroso. Justificou a presente Indicação, afirmando estar atendendo reivindicação de moradores pedindo colocação de pedras em alguns pontos das referidas estradas</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/690/85.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/690/85.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras um trabalho de empedramento no trecho entre a Propriedade do “Nego do Celsinho” até a propriedade do “Jove” Na comunidade do butiá. Justificou a presente Indicação, destacando que o trecho corresponde à uns 700 metros, para ser concluído, porém de grande valia como via alternativa, visando encurtar distância para a População.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/693/86.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/693/86.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para através do Setor Competente estenda a rede de Iluminação Pública em alguns locais, e noutros substitua as que estão queimadas. _x000D_
 Justificou afirmando que os moradores vêm reivindicar, relatando o problema. Citando alguns: No Distrito Lagoa da Cruz, desde a PR 281 próxima à Lanchonete da Geni, até a propriedade da Sra. Leni de Lima, em frente à propriedade do Claudenir Katzik, na rua do Bar da Silvana, e na Sede do Município na rua do Pesque-pague.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/694/87.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/694/87.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para através do Setor Competente estude a possibilidade de adquirir um ônibus para que seja usado pelo grupo da Terceira Idade do Município. _x000D_
 Justificou a importância da presente Indicação devido a necessidade de um veículo para uso exclusivo, e adequado para prestar um transporte de qualidade, à este Público que merece um tratamento diferenciado.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/695/88.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/695/88.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo, para através da Secretaria da Agricultura seja viabilizado um caminhão e uma escavadeira, para trabalhar nas propriedades rurais fazendo tanques de Peixes. _x000D_
 Justificou a presente Indicação afirmando ser uma importante forma de incentivo à piscicultura, como meio de diversificação de produção, melhorando a geração de renda e consequentemente a qualidade de vida das Famílias._x000D_
 Sugeriu que apesar da existência do “Projeto Porteira à dentro”, para que o Setor Competente elabore um Projeto de Lei regulamentando a Ação, e encaminhe para Apreciação dos Nobres vereadores.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/696/89.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/696/89.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras um trabalho de reestruturação em um bueiro, na estrada que liga a estrada principal, até a torre. Na comunidade do Pedroso._x000D_
 Justificou a presente Indicação, afirmando ter passado na referida estrada, onde presenciou a que o Bueiro está com a estrutura danificada, apresentando risco aos usuários</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/697/90.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/697/90.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para seja adaptado o caminhão Pipa locado na Secretaria de Obras, para molhar as ruas do interior do Município._x000D_
 Justificou a presente Indicação, destacando que existem vários trechos de estrada, que seria necessário esse trabalho, para diminuir o risco de poeira nas casas, trabalho que se torna ineficaz, com o uso somente do Trator, como sempre foi feito. _x000D_
 Ressaltou que um caminhão adaptado para esse fim, é capaz de atender uma proporção muito maior, portanto trazendo melhor qualidade de vida às Pessoas.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/702/91.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/702/91.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras realize um trabalho de limpeza e nas valetas laterais das estradas do interior do Município, citando a comunidade do Avencal. Justificou estar afirmando estar sempre acompanhando os trabalhos, os quais têm ficado de excelente qualidade, porém devido a frequência de chuvas fortes, características da época, formando um grande acúmulo de lama, obstruindo a passagem da água, e certamente prejudicando o trabalho que foi feito.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/703/92.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/703/92.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras estude a possibilidade de construir estradas paralelas às estradas empedradas, para servirem como vias alternativas para circulação dos Cavaleiros. Justificou a presente Indicação, citando a Lei aprovada e sancionada que “institui o Dia da Cavalgada no Município”, com muitas Pessoas adeptas à prática equestre. Destacou que em muitos lugares, sem caminhos alternativos para circulação dos animais, tal prática se torna inviável, devido ao risco dos animais se ferirem, fato este que foi relatado por Pessoas de Comunidades e Municípios adjacentes. Ressaltou ainda que faz-se necessário a instalação de comedouros e bebedouros para a alimentação dos animais no Local designado para a realização do evento.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/704/93.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/704/93.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na estrada na estrada conhecida como “Estrada do 112”, em toda sua extensão. Justificou estar refazendo a presente Indicação afirmando estar atendendo reivindicações de usuários, ressaltando que apesar da referida estrada situar-se no Município da Lapa grande parcela dos usuários residem no Município de Antonio Olinto, como via alternativa para acesso às comunidade Antonio Olintenses, além do solicitado, ainda pede-se reestruturações desde a estrada principal, até a propriedade do Sr. Francisco.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/705/94.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/705/94.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na estrada secundária que dá acesso à propriedade do Sr. Adilson de Souza Martins, próxima à propriedade do Sr. João Carlos Bueno, na comunidade de Água Amarela de Baixo. Justificou a presente Indicação, afirmando estar atendendo reivindicação do Solicitante acima mencionado</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/706/95.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/706/95.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras um trabalho de reestruturação na estrada que liga desde a propriedade dos “Becker”, até próximo aos “Heimoski”, na comunidade do Butiá dos Soares. Justificou a presente Indicação, afirmando ter vários onde está difícil o trânsito de veículos, inclusive de transporte Escolar.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/707/96.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/707/96.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras um trabalho de reestruturação na estrada que liga desde a propriedade do Sr. Antonio Levandoski, até a comunidade de Água Vermelha. Justificou a presente Indicação, afirmando que desde muito tempo a referida estrada é carente de melhorias, muitas famílias sofrem a falta desses trabalhos essenciais para o direito básico de ir e vir, inclusive veículos de transporte Escolar.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/711/97.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/711/97.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, e Organizadores para que haja um alteração no roteiro da Festa de Emancipação Política do Município. Justificou a presente Indicação, citando a Lei aprovada e sancionada que “institui o Dia da Cavalgada no Município”, com muitas Pessoas adeptas à prática equestre, sugerindo para que no roteiro da programação da festa, seja especificada a realização da Cavalgada, como forma de proporcionar momentos de lazer aos praticantes, bem como ao Público que admira a Tradição.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/712/98.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/712/98.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor Competente, para que sejam instaladas placas indicativas sinalizando Área Escolar, antes e depois, na estrada em frente à Escola da comunidade do Butiá._x000D_
 Justificou estar fazendo a presente Indicação atendendo pedidos de Pais de Alunos, e motoristas dos ônibus sobre o transtorno causado por motoristas que estacionam neste local, outros que ignoram o fluxo de Crianças nos</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/715/99.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/715/99.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras providencie substituição de algumas lâmpadas, para assim repor as que faltam, nas seguintes Ruas: Maria Woitick, e Reinaldo Pelegrino. nesta, para que sejam construídas lombadas, aproveitando que está em Obras de pavimentação. Justificou a presente Indicação, afirmando estar atendendo várias reivindicações, além de passar frequentemente nos referidos locais, e presenciou o relatado.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/719/100.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/719/100.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras disponibilize uma retroescavadeira, exclusivamente para desobstruir valas e bueiros entupidos, neste momento pós fortes chuvas._x000D_
 Justificou a presente Indicação por estar frequentemente transitando pelas estradas do interior do Município, e é perceptível os estragos que as águas das chuvas fazem nas estradas, justamente por falta de valas para escoar.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/722/101.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/722/101.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que seja adquirida uma nova bomba de Água, para a poço artesiano da comunidade do Lavador. Justificou a importância de sua Indicação, afirmando ter conversado com o responsável pelo serviço, o qual relatou ser necessário duas bombas para atender a demanda da População. No entanto uma está queimada, sendo assim acaba prejudicando o trabalho de fornecimento de água.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/723/102.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/723/102.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias nas Estradas Principais e Secundárias da comunidade do Pedroso. Justificou sua Indicação afirmando estar atendendo reivindicações de usuários, relatando a necessidade de um trabalho de reestruturação em toda extensão das estradas, reparando os estragos causados pelas recentes excessivas chuvas.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/727/103.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/727/103.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, juntamente com o Setor Competente, para que seja revisto Plano Diretor do Município, para alteração do Quadro Urbano. _x000D_
 Justificou a importância da presente Indicação, afirmando ser uma promessa da atual Gestão, bem como uma necessidade de parte da População, para que sejam regularizadas outras áreas da Cidade, de modo à garantir melhorias em infraestruturas e Políticas Públicas.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/733/104.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/733/104.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras, estude a possibilidade de corrigir algumas falhas na execução das calçadas, próximo à Loja do Vini Bikes, na rua Edgar Train Schafauser, na Sede do Município. _x000D_
 Justificou a presente Indicação, afirmando serem de grande valia todo tipo de serviços de infraestrutura nas ruas e calçadas, à exemplo do que tem sida feito, visando melhorar o acesso das Pessoas, bem como tornar mais bela a Cidade, porém preservando as entradas já existentes, que dão acesso às residências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/734/105.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/734/105.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras, realize um trabalho de reestruturação na antiga estrada do Espigão. _x000D_
 Afirmou na sua Justificativa, estar refazendo esta Indicação, de autoria do Vereador Natálio, já acatada em Sessões anteriores, no entanto nenhuma providência foi tomada._x000D_
 Ressaltou que o Sr. Sergio Diadio, representando outras várias Famílias que também dependem da referida estrada, para chegar em suas moradias, ou como via de acesso às suas Lavouras Reivindica através desta, providências para que essa importante demanda seja resolvida.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/762/106.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/762/106.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras conclua as paredes ao redor da quadra esportiva, da comunidade do Posto Train. Justificou estar repetindo várias vezes esta indicação, acatada em Sessões anteriores, sendo a primeira no dia 24 de Janeiro de 2021, e até o presente momento nenhuma providência foi tomada, quanto às paredes, e trabalhos de manutenção, que está em estado de total abandono.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/763/107.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/763/107.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras viabilize melhorias nas comunidades de Lagoa da Cruz, e Vila Rural. Justificou estar atendendo várias reivindicações de moradores das referidas comunidades, solicitando melhorias de reestruturação nas estradas, bem como ampliação nas redes de Iluminação Pública.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/764/108.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/764/108.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize um trabalho de reestruturação na estrada conhecida como “estrada do 112”. Justificou a importância da presente Indicação, relatando que o proprietário da Oficina “H motos”, através de mensagens, expõe a dificuldade de fornecedores de Peças, bem como de fregueses, em chegar à sua Oficina, dificultando também a permanência de sua Micro Empresa atuando no Município.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/768/109.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/768/109.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras faça um trabalho de Recuperação na ponte que dá acesso à propriedade do Sr. Claudio Rodrigues da Silva, na comunidade do Mato Preto._x000D_
 Justificou a presente Indicação, destacando ainda que a referida estrada é a única via de acesso de vários Produtores Agrícolas, além de veículo de Transporte Escolar.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/769/110.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/769/110.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, juntamente com o Setor de Obras viabilize tampas em “bocas de Lobo”, nas seguintes Ruas: Tadeu Nadolny, próximo à garagem da Prefeitura Amálio da Silva, próximo à loja construforte, e em frente ao mercado Banhiuk. Centro. Justificou a importância da presente Indicação, afirmando ser locais que representam grande risco à População, especialmente Pedestres e Crianças.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/767/111.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/767/111.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que o Setor de Obras viabilize a construção de um bueiro em frente à propriedade do Sr. Ricardo Colaço, na comunidade do Lavador. _x000D_
 Justificou a importância da presente Indicação, afirmando que especialmente em dias de fortes chuvas, a água atinge sua residência, problema que seria sanado com a construção de um Bueiro para dar vasão ao acúmulo de água.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/770/112.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/770/112.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor Competente viabilize a instalação de Câmeras de Segurança, em toda extensão da rua Edegar Train Schafauser, Centro. Justificou a importância da presente Indicação, visando melhorar a segurança da População, bem como inibir a ação de Vândalos que possam danificar as estruturas de jardinagens, instaladas recentemente no canteiro central da referida via.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que o Setor de Obras realize um trabalho de reestruturação em um bueiro que dá acesso à propriedade do Sr. Emílio Machado, na comunidade do Água Amarela do Meio._x000D_
  Justificou a importância da presente Indicação, para garantir aos os Moradores locais, bem como à todos os Usuários, o direito de ir e vir, com segurança.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras realize manutenções urgentes na estrada da comunidade de Cerro Lindo, no trecho que se inicia na chácara do Professor Wilson, saindo de volta na Pr. 281 na Vila Rural.  _x000D_
 Justificou afirmando que conhece os Problemas em vários pontos da referida estrada, necessitando de limpeza de valas, desobstrução de 1 bueiro em frente à propriedade do Sr. Zico Pietraski, e/ou demais serviços de reestruturação, garantindo a trafegabilidade dos Usuários, especialmente de Veículos de transporte Escolar.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/777/115.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/777/115.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras envie cargas de pedras no local de laje de pedras, na comunidade do Pedroso. _x000D_
 Justificou a importância da presente Indicação, relatando que o local encontra-se com muitas irregularidades, devido às fortes chuvas, dificultando o tráfego._x000D_
 Destacou que no início do mandato havia o Projeto de ser construído um bueiro, porém foi recusado por moradores da referida comunidade.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf</t>
   </si>
   <si>
     <t>Poder Executivo, para que através do Setor competente realize melhorias no ponto de ônibus dos alunos da Faculdade. Centro. _x000D_
 Justificou a importância da presente Indicação, pelo estado crítico em que se encontra esse Abrigo, com a cobertura danificada, paredes pichadas, e destruídas pelo tempo, e pela ação de vândalos.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho de reestruturação na estrada que entra próximo ao Portal, passa próximo à propriedade do Sr. Sergio Wolochen, retornando à PR 281, próximo à propriedade do Sr. Leocir Afonso. Também na comunidade da Serrinha, Lagoa da Cruz._x000D_
 Justificou a presente Indicação, afirmando estar atendendo pedidos de moradores, inclusive do Laercio do caminhão do Lixo, relatando que devido ao estado precário da referida estrada, não está sendo possível passar para fazer a coleta do Lixo. E na Serrinha seria passando pela propriedade da Sra. Mara Siqueira, até a propriedade do Teixeira.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho de reestruturação na estrada que entra próximo ao Portal, passa próximo à propriedade do Sr. Gilberto de Lorena Heimoski, na comunidade do Butiá._x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores, relatando que devido ao estado precário da referida estrada, estão com dificuldade para acessar nesse local.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho de reestruturação na antiga estrada do “Dico” até próximo à propriedade do Sr. Josnei Kuka, na comunidade Da Estrela._x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores, relatando que além da precariedade da estrada, precisando de pedras, existe uma ponte que necessita de reparos, o que tem dificultado o acesso dos Produtores Rurais às suas lavouras.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que o Setor Competente altere o Projeto de pavimentação asfáltica da rua Reinaldo Pelegrino. Centro._x000D_
 Justificou a presente Indicação, afirmando que houve um acordo entre os moradores e O Poder Público, para que fosse recuado os Meio fios para alargamento da rua, porém somente em frente à uma Propriedade não foi cumprido o acordo, permanecendo o meio fio como era, com a rua mais estreita neste local, prejudicando o tráfego, além de ficar desproporcional à todo o trecho da rua.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho de reestruturação na estrada que dá acesso à Fazenda MOVAX._x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores, que trabalham no fazenda que emprega um grande número de pessoas, e demais Pessoas usuárias da referida estrada.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras sejam construídas duas lombadas na estrada em frente ao comércio do falecido Benedito Januário, na comunidade de Água Amarela de Baixo._x000D_
 Justificou a presente Indicação, atendendo reivindicações dos Proprietários, relatando que motoristas vêm circulando em alta velocidade, pondo em risco a vida das demais Pessoas.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/785/123.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/785/123.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras haja um trabalho de melhorias na “Estrada Velha”, próximo à propriedade dos Marquet._x000D_
 Justificou a presente Indicação, afirmando estar atendendo reivindicações de moradores, os quais solicitaram que seja feita uma reestruturação especialmente no local citado. Onde ainda presenciou pessoalmente, o que fora relatado.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/786/124.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/786/124.pdf</t>
   </si>
   <si>
     <t>ao Poder Executivo, para que através do Setor de Obras seja consertado o bueiro conhecido como bueiro do Barbosa, na comunidade de Água Amarela do Meio._x000D_
 Justificou a presente Indicação, afirmando que a estrutura do referido bueiro foi danificada pela grande quantidade de chuvas dos últimos dias, sendo um local de grande circulação de veículos pesados, o que pode ocasionar um acidente.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/787/125.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/787/125.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, para que através do Setor de Obras para que seja feito um trabalho de manutenção dos equipamentos da “Academia ao ar livre”, do Distrito Lagoa da Cruz._x000D_
 Justificou a presente Indicação, afirmando devida à exposição das diferentes condições climáticas, alguns equipamentos tiveram desgastes, e com isso não tem como serem usados, o que exige um trabalho de recuperação.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/789/126.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/789/126.pdf</t>
   </si>
   <si>
     <t>“Solicitando ao Poder Executivo, para que através do Setor de Obras seja realizado um trabalho amplo de reestruturação nas estradas Secundárias nas comunidades de Água Amarela de Baixo, Água Amarela do Meio, e Água Amarela de Cima._x000D_
 Justificou a importância da presente Indicação, afirmando que trafegou todos os trajetos nas referidas comunidades, onde presenciou vários trechos danificados pela grande quantidade de chuvas dos últimos dias, necessitando todo tipo de melhorias para garantir o direito de ir e vir à População”.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/791/127.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/791/127.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, para que através do Setor de Obras seja realizada a Substituição da Ponte por manilhas, na divisa da Campina Vermelha. Justificou a importância da presente Indicação, afirmando que a referida ponte já apresentava problemas na estrutura, porém teve um significativo agravante devido ao excesso de chuvas, comprometendo a segurança das Pessoas que trafegam no Local, especialmente máquinas Agrícolas</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/795/128.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/795/128.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, por meio da Secretaria de Obras, realizado um trabalho de reestruturação na estrada que dá acesso à propriedade do Sr. Celso Simão da comunidade de Água Amarela de Baixo. Justificou afirmando já ter comunicado o Setor de Obras anteriormente, onde foi acertado que seriam priorizados os trabalhos que exigiam urgência, para assim seguir com a programação normal, atendendo inclusive as Indicações, porém a situação se agravou à ponto do Sr. Acima citado, precisou se mudar pra outra casa onde paga aluguem, devido a precariedade da estrada</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/796/129.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/796/129.pdf</t>
   </si>
   <si>
     <t>Solicitou ao Poder Executivo, por meio da Secretaria de Obras, realizado um trabalho de reestruturação na estrada que dá acesso à propriedade do Sr. Airton de Paula, na comunidade de Avencal. Justificou afirmando ter ouvido o relato do Proprietário, que disse já ter conversado com o Presidente José Joarez sobre a situação, porém aguarda uma solução, salientando que justo neste período, época da safra de fumo, na qual mais exige estrada boa para escoamento da produção, o principal acesso à esta propriedade encontra-se intransitável.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>ECP</t>
   </si>
   <si>
     <t>Eleições Comissões Permanentes</t>
   </si>
   <si>
     <t>Composição das Comissões Permanentes para o Biênio 2023-2024</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo</t>
   </si>
   <si>
     <t>Alan Jaros</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/414/pl_01_-_2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/414/pl_01_-_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 01/2023, Recomposição inflacionária</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 789/2014, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/477/pl_03-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/477/pl_03-2023.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE DISTRIBUIÇÃO DE CHOCOLATE E O PROGRAMA DE DISTRIBUIÇÃO DE BRINQUEDOS E JOGOS PEDAGÓGICOS AOS ALUNOS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/483/pl_04-2023_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/483/pl_04-2023_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO E PAGAMENTO DE DIÁRIAS E RESSARCIEMNTO AOS AGENTES POLÍTICOS, SERVIDORES MUNICIPAIS E CONSELHEIROS TUTELARES NO ÂMBITO DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/484/pl_05-2023_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/484/pl_05-2023_executivo.pdf</t>
   </si>
   <si>
     <t>"SUPRIME O PARÁGRAFO ÚNICO DO ARTIGO 1º, DA LEI Nº 964/2022, QUE DISPÕE SOBRE O REPASSE RELATIVO AOS VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE COMBATE ÀS ENDEMIAS, NOS TERMOS DA EMENDA CONSTITUCIONAL 120/2022 E INSTITUI O PAGAMENTO DE ADICIONAL DE INSALUBRIDADE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/485/pl_06-2023_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/485/pl_06-2023_executivo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI OBRIGAÇÕES TRIBUTÁRIAS ACESSÓRIAS, ESTABELECE SANÇÕES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA "ESCOLA MAIS SEGURA" NO MUNICÍPIO DE ANTONIO OLINTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/552/pl_08_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/552/pl_08_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CRIAÇÃO DE 01 (UMA) VAGA DE MOTORISTA DA ÁREA DA SAÚDE, NO QUADRO DE SERVIDORES EFETIVOS, ALTERANDO ASSIM O ARTIGO 7º, ANEXO IV, DA LEI Nº 510/1999".</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DAS RUAS ANIBAL CORDEIRO, JAIME TRAIN, E RENAN RICARDO BECH"</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/562/pl_10_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/562/pl_10_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO Á CEDER GRATUITAMENTE FRAÇÃO IDEAL DE DOIS IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, POR MEIO DE CESSÃO DE USO, À MITRA DIOCESANA DE UNIÃO DA VITÓRIA - PARÓQUIA DE ANTONIO OLINTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/582/pl_11_executivo_alterado.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/582/pl_11_executivo_alterado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DA CIDADE DE ANTONIO OLINTO E DÁ OPUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/585/pl_12_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/585/pl_12_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/602/pl_13_-executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/602/pl_13_-executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA, CRIA O CONSELHO MUNICIPAL DE CULTURA, E O FUNDO MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/610/pl_14_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/610/pl_14_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº510/99 (PLANO DE CARGOS E SALÁRIOS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/629/pl_15_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/629/pl_15_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO À CEDER GRATUITAMENTE ATRAVÉS DE DIREITO REAL DE USO OS EQUIPAMENTOS DE SUA PROPRIEDADE À ASSOCIAÇÃO DOS MORADORES E AGRICULTORES FAXINALENSES DE ÁGUA AMARELA DE CIMA - (AMAFAAC), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/655/pl_16_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/655/pl_16_executivo.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA ARTIGO AO CAPÍTULO III DA LEI Nº 992/2023, QUE DISPÕE SOBRE A CONCESSÃO E PAGAMENTO DE DIÁRIAS E RESSARCIMENTO AOS AGENTES POLÍTICOS E SERVIDORES MUNICIPAIS NO ÂMBITO DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/667/pl_17.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/667/pl_17.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº847 DE 16 DE MAIO DE 2017, PARA SUBSTITUIR EM TODA A LEI AS EXPRESSÕES "IDOSO" E "IDOSOS" PESAS EXPRESSÕES "PESSOA IDOSA" E "PESSOAS IDOSAS", E ALTERA AINDA O §2º DO ARTIGO 4º E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/658/pl_18_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/658/pl_18_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL À CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/691/pl_19.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/691/pl_19.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O VALOR DA REQUISIÇÃO DE PEQUENO VALOR NO ÂMBITO MUNICIPAL, E REVOGA A LEI MUNICIPAL 704/2010".</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/713/pl_20_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/713/pl_20_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO A FAZER CESSÃO DE SERVIDORES PÚBLICOS E A RECEBER SERVIDORES E EMPREGADOS PÚBLICOS".</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/714/pl_21_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/714/pl_21_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_no_22-2023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_no_22-2023.pdf</t>
   </si>
   <si>
     <t>"Disciplina o horário de funcionamento e sistema de Plantão das farmácias e Drogarias localizadas no município de Antonio Olinto e dá outras providências".</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/728/pl_23_executivo.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/728/pl_23_executivo.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO DA LEI MUNICIPAL 804/2015, DE 17 DE JUNHO DE 2015, QUE DISPÕE SOBRE O PLANO MUNICIPAL DE EDUCAÇÃO - PME, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/729/pl_24-2023_14112023.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/729/pl_24-2023_14112023.pdf</t>
   </si>
   <si>
     <t>altera o Inciso II do artigo 9º da Lei 769 de 30de agosto de 2013 e dá outras providências .</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3552,68 +3552,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/578/decreto_legislativo_01-2023_30052023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_decreto_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/415/pl_01-2023_revisao_geral_camara_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ccf07022023_00007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ccf07022023_00006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/478/pl_05_ricardo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/482/pl_06_ricardo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/521/pl_07_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/554/pl_08-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/555/pl_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/556/pl_10_legislativo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/577/pl_11_legislativo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/576/projeto_12_legislativo.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/575/pl_13_legislativo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_14.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/586/pl_15_legislativo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/600/pl_16-2023_projeto_imigrante.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/601/pl_17-2023_projeto_caixa_de_agua_atualizado_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/611/pl_18.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/612/pl_19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/613/pl_20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/615/pl_22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/616/pl_23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/617/pl_24-23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/623/pl_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/624/pl_26.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/625/pl_27.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/641/pl_29_legislativo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/669/pl_30.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/700/pl_32.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/699/pl_33-23.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/726/pl_34.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/639/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/405/ccf13012023_00000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/409/pl_resosucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/792/projeto_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_emenda_lo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_01-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/422/requerimento_02-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_05-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_06-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_09-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/435/requerimento_10-2023_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/436/requerimento_11-2023_-_gilciano_1.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/447/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_14-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_15-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_16-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_17-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_18-2023_-_gilciano_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_19-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_20-2023_-_gilciano_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_21-2023_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/570/requerimento_22-2023_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_23-2023_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/589/requerimento_24-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/590/requerimento_25-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_26-2023_final_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_27-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/593/req_28.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_30-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_31-2023_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_33-2023_ricardo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_34-2023_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_35-2023_gilciano.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/678/requerimento_36-2023_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/681/requerimento_37-2022_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/708/requerimento_38-2022_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/709/requerimento_39-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/710/requerimento_40-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/716/requerimento_gilciano_n._41.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/717/requerimento_ricardo_n._42.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_43-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_gilciano_no_44.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/772/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/773/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/418/3.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/449/9.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/450/10.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/451/11.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/452/12.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/453/13.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/454/14.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/465/16.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/466/17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_17-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/481/19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/486/20.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/519/21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/520/22.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/587/25.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/594/26.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/627/27.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/634/28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/635/29.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/650/30.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/663/31.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/679/32.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/698/33.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/701/34.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/720/35.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/721/36.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/775/39.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/776/40.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/793/41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/794/42.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ind._verbal_01-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ind._verbal_02-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ind._verbal_03-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/442/4.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/443/5.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/445/onibus_faculdade.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/446/estrada_matao.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/467/11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/468/12.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/471/13.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/469/14.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/470/15.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/479/16.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/487/17.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/488/18.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/537/19.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/538/20.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/566/24.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/567/25.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/568/26.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/571/27.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/572/28.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/573/29.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/579/30.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/580/31.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/581/32.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/584/33.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/588/34.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/595/35.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/596/36.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/597/37.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/598/38.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/599/39.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/603/40.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/604/41.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/605/42.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/607/44.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/608/45.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/618/46.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/619/47.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/620/48.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/621/49.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/622/50.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/632/51.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/633/52.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/636/53.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/637/54.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/638/55.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/643/56.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/644/57.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/645/58.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/646/59.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/651/60.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/652/61.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/653/62.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/654/63.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/656/64.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/659/65.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/660/66.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/661/67.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/662/68.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/664/69.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/665/70.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/666/71.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/668/72.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/670/73.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/671/74.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/672/75.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/680/77.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/683/78.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/684/79.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/685/80.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/686/81.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/687/82.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/688/83.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/689/84.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/690/85.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/693/86.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/694/87.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/695/88.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/696/89.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/697/90.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/702/91.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/703/92.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/704/93.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/705/94.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/706/95.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/707/96.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/711/97.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/712/98.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/715/99.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/719/100.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/722/101.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/723/102.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/727/103.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/733/104.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/734/105.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/762/106.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/763/107.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/764/108.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/768/109.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/769/110.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/767/111.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/770/112.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/777/115.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/785/123.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/786/124.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/787/125.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/789/126.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/791/127.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/795/128.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/796/129.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/414/pl_01_-_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/477/pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/483/pl_04-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/484/pl_05-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/485/pl_06-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/552/pl_08_executivo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/562/pl_10_executivo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/582/pl_11_executivo_alterado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/585/pl_12_executivo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/602/pl_13_-executivo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/610/pl_14_executivo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/629/pl_15_executivo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/655/pl_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/667/pl_17.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/658/pl_18_executivo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/691/pl_19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/713/pl_20_executivo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/714/pl_21_executivo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/728/pl_23_executivo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/729/pl_24-2023_14112023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/578/decreto_legislativo_01-2023_30052023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_decreto_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/415/pl_01-2023_revisao_geral_camara_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ccf07022023_00007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ccf07022023_00006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/478/pl_05_ricardo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/482/pl_06_ricardo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/521/pl_07_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/554/pl_08-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/555/pl_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/556/pl_10_legislativo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/577/pl_11_legislativo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/576/projeto_12_legislativo.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/575/pl_13_legislativo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/583/projeto_14.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/586/pl_15_legislativo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/600/pl_16-2023_projeto_imigrante.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/601/pl_17-2023_projeto_caixa_de_agua_atualizado_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/611/pl_18.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/612/pl_19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/613/pl_20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/615/pl_22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/616/pl_23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/617/pl_24-23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/623/pl_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/624/pl_26.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/625/pl_27.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/641/pl_29_legislativo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/669/pl_30.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/700/pl_32.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/699/pl_33-23.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/726/pl_34.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/639/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/405/ccf13012023_00000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/409/pl_resosucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/792/projeto_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_emenda_lo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/421/requerimento_01-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/422/requerimento_02-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_05-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_06-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_09-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/435/requerimento_10-2023_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/436/requerimento_11-2023_-_gilciano_1.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/447/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_14-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_15-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_16-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_17-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_18-2023_-_gilciano_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_19-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_20-2023_-_gilciano_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_21-2023_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/570/requerimento_22-2023_-_ricardo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_23-2023_-_gilciano.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/589/requerimento_24-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/590/requerimento_25-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/591/requerimento_26-2023_final_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/592/requerimento_27-2023_-_zalo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/593/req_28.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_30-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_31-2023_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_33-2023_ricardo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_34-2023_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_35-2023_gilciano.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/678/requerimento_36-2023_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/681/requerimento_37-2022_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/708/requerimento_38-2022_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/709/requerimento_39-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/710/requerimento_40-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/716/requerimento_gilciano_n._41.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/717/requerimento_ricardo_n._42.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_43-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_gilciano_no_44.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/772/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/773/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/418/3.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/449/9.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/450/10.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/451/11.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/452/12.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/453/13.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/454/14.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/465/16.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/466/17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_17-2023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/481/19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/486/20.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/519/21.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/520/22.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/587/25.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/594/26.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/627/27.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/634/28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/635/29.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/650/30.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/663/31.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/679/32.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/698/33.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/701/34.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/720/35.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/721/36.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/775/39.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/776/40.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/793/41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/794/42.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ind._verbal_01-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ind._verbal_02-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ind._verbal_03-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/442/4.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/443/5.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/445/onibus_faculdade.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/446/estrada_matao.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/467/11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/468/12.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/471/13.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/469/14.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/470/15.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/479/16.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/487/17.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/488/18.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/537/19.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/538/20.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/566/24.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/567/25.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/568/26.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/571/27.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/572/28.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/573/29.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/579/30.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/580/31.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/581/32.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/584/33.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/588/34.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/595/35.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/596/36.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/597/37.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/598/38.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/599/39.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/603/40.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/604/41.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/605/42.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/607/44.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/608/45.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/618/46.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/619/47.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/620/48.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/621/49.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/622/50.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/632/51.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/633/52.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/636/53.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/637/54.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/638/55.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/643/56.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/644/57.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/645/58.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/646/59.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/651/60.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/652/61.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/653/62.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/654/63.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/656/64.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/659/65.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/660/66.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/661/67.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/662/68.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/664/69.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/665/70.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/666/71.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/668/72.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/670/73.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/671/74.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/672/75.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/680/77.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/683/78.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/684/79.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/685/80.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/686/81.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/687/82.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/688/83.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/689/84.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/690/85.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/693/86.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/694/87.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/695/88.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/696/89.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/697/90.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/702/91.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/703/92.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/704/93.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/705/94.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/706/95.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/707/96.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/711/97.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/712/98.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/715/99.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/719/100.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/722/101.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/723/102.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/727/103.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/733/104.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/734/105.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/762/106.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/763/107.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/764/108.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/768/109.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/769/110.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/767/111.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/770/112.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/777/115.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/785/123.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/786/124.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/787/125.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/789/126.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/791/127.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/795/128.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/796/129.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/414/pl_01_-_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/477/pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/483/pl_04-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/484/pl_05-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/485/pl_06-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/552/pl_08_executivo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/562/pl_10_executivo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/582/pl_11_executivo_alterado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/585/pl_12_executivo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/602/pl_13_-executivo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/610/pl_14_executivo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/629/pl_15_executivo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/655/pl_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/667/pl_17.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/658/pl_18_executivo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/691/pl_19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/713/pl_20_executivo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/714/pl_21_executivo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/760/projeto_de_lei_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/728/pl_23_executivo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2023/729/pl_24-2023_14112023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>