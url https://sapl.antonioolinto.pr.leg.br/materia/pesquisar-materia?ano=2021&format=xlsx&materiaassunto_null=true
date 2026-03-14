--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -51,2235 +51,2235 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/960/pl_01-2021_29112024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/960/pl_01-2021_29112024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aplicação de multa a pacientes com confirmação laboratorial para o Coronavírus que descumprirem o isolamento domiciliar”</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/522/tuia_calcario.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/522/tuia_calcario.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, utilize uma Verba de R$ 250.000,00 (duzentos e cinquenta mil reais), disponível na conta da Prefeitura, proveniente de Emenda Parlamentar, na aquisição de calcário, para ser distribuído aos pequenos produtores do Município.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marinaldo Schmidt Lemes</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/523/marinaldo_p._saude.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/523/marinaldo_p._saude.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor competente, estude a possibilidade de reativar a unidade do posto de saúde da Comunidade de Água Amarela do Meio.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/524/marinaldo_aguas.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/524/marinaldo_aguas.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor Obras, sejam ligadas as redes de água dos Poços Artesianos nas Comunidades de Água Amarela do Meio, Água Amarela do Meio e Imbuial.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Wilson Napoleão Guenze</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/525/wilson_artesianolavador.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/525/wilson_artesianolavador.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Obras, Amplie a extensão da rede de água do poço artesiano da Comunidade Do Lavador, até as residências dos Senhores: Fábio e Fabiano Gabardo, Evandro Seluchinhaki, Sebastião Freitas, e Célia Stang.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Obras. Viabilize a substituição dos Canos da rede de água por tubos de PVC, bem como a troca da bomba do poço artesiano, da Comunidade Do Butiá.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/527/wilson_raio_x.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/527/wilson_raio_x.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Saúde. A Implantação de uma sala especializada para realização de Raio-X, no pronto atendimento, na Sede do Município.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gilciano Moreira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/528/serv._publicos.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/528/serv._publicos.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, Considerando artigos X e y, do Regimento Interno da Câmara. Considerando previsão do art. 16 da Lei n° 510/1999 que prevê direito a promoção por antiguidade aos servidores públicos.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/529/marinaldo_calcario.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/529/marinaldo_calcario.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, viabilize uma verba no valor de R$ 250.000,00 (duzentos e cinquenta mil reais), que já encontra-se na conta da Prefeitura, para aquisição de calcário, para ser distribuído para os pequenos Agricultores.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/530/terreno_cemiterio.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/530/terreno_cemiterio.docx</t>
   </si>
   <si>
     <t>A referida Indicação tem como objetivo, solicitar do Poder executivo, a aceitação, de um Terreno a título de Doação, para regularização, e futura construção de uma capela mortuária no Cemitério da Comunidade de Santos Andrade.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/531/wilson_raio_x.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/531/wilson_raio_x.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo. Através do Setor competente, viabilize a instalação de uma sala equipada, para ser usada como Centro de atendimento de exames de imagem (Ecografia),</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>José Joarez Iusviaki</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/532/zalo._calcamento.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/532/zalo._calcamento.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo. Através do Setor de Obras, dê continuidade para concluir as calçadas em todas as Ruas do Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>João Issacard Borba</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/533/estradas_geral.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/533/estradas_geral.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Obras, realize melhorias (patrolamento, e colocação de pedras em alguns locais), nas estradas secundárias nas comunidades do Lavador, Butiá, e Santos Andrade</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Natálio Zildo Falcão</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/534/natalio_espigao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/534/natalio_espigao.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Obras, realize melhorias (patrolamento, e colocação de pedras), desde a residência do Senhor Antonio Pereymebida até a estrada na comunidade do Espigão.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor de Obras, realize melhorias (patrolamento, e colocação de pedras), próximo às residências dos Senhores Juliano Oliva, Miguel Segan, e Mario Botikoski, na comunidade do Cerro Lindo.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/536/pontos_de_rede_de_agua.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/536/pontos_de_rede_de_agua.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor Competente Viabilize a continuidade da rede de água, que vai somente até a residência do Senhor Jucemar Narok, na Rua Reinaldo Antonio Pelegrino, na Sede do Município.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Para que o Poder Executivo providencie a adequação da Lei 592/2005, que: "ESTABELECE NORMAS PARA A DESTINAÇÃO DE RECURSOS AO PROGRAMA PORTEIRA ADENTRO", destinado à prestar serviços de infraestrutura aos produtores rurais do Município, mediante ressarcimento dos custos relativos.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/542/estrada_agua_vermelha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/542/estrada_agua_vermelha.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize serviço de patrolamento desde a estrada que se inicia próximo à propriedade do Senhor Jovair Levandoski, e dá acesso a estrada principal que vai até a comunidade de Água Vermelha.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ricardo Wisnieski Alves</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/543/estrada_p_pedras_s._joao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/543/estrada_p_pedras_s._joao.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras realize melhorias (patrolamento, e colocação de pedras), em toda extensão da estrada que liga as comunidades de Porto de Pedras à Linha São João.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/544/bueiro_s._joao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/544/bueiro_s._joao.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize um trabalho de desentupimento, em um Bueiro na Estrada principal do Porto de Pedras, próximo a propriedade do Senhor João Szurmas.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/545/estrada_jaco_durau.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/545/estrada_jaco_durau.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, Viabilize a colocação de pedras na Estrada do Cedro, na entrada onde vai à propriedade do Senhor Ruan Durau.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/546/quadra_p_train.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/546/quadra_p_train.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, realize a conclusão do levantamento das paredes da Quadra de esportes, da Comunidade do Posto Train, Água Amarela de Baixo.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/547/carros_postos.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/547/carros_postos.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do setor competente realize um estudo sobre a viabilidade de disponibilizar um veículo com motorista nos postos de saúde do Interior do Município, sendo eles: Lagoa da Cruz, Posto Train, Água Amarela de Baixo, Imbuial, e Butiá.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/548/a._a._estrada.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/548/a._a._estrada.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através do Setor de Obras, providencie assim que for possível serviços de reestruturação da Estrada no trecho que se inicia próxima à propriedade do Sr. Sidnei Kresko, até a propriedade do Sr. José Evangelista, na comunidade de Água Amarela de Cima.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Eliseu Schimidt de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/549/radar_p._train.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/549/radar_p._train.docx</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, oficie o DNIT (Departamento Nacional de Infraestrutura de Trânsito), para que o mesmo viabilize a reativação do Radar, na Br. 476 Km. 253+100m, na comunidade de Água Amarela de Baixo (Posto Train).</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>INDV</t>
   </si>
   <si>
     <t>Indicação Verbal</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/245/01.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/245/01.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 01/2021,realizada em Plenário, de autoria do Sr. Vereador MARCO ANTONIO VEIGA, o qual solicitou ao Setor de Obras, a troca da cobertura do abrigo do Ponto de ônibus, em frente ao Comercio Lagoa, na comunidade de lagoa da Cruz._x000D_
 Justificou informando que tal solicitação se faz necessário em regime de urgência, devido ao estado de conservação em que estes se encontram, enfatizou ainda, que seria de salutar importância uma vistoria geral, nos abrigos dos Pontos de ônibus em todo o Município.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/246/02.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/246/02.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 02/2021 realizada em Plenário, de autoria do Sr. Vereador MARCO ANTONIO VEIGA, o qual solicitou ao Setor de Obras, a colocação de 03 (três) redutores de velocidade (lombadas), próximas de pontos comerciais, na comunidade do Butiá._x000D_
 •	Próximo à Agropecuária do Binho;_x000D_
 •	Próximo ao Comércio do “Negrinho Veiga”;_x000D_
 •	Próximo ao Comércio do Giovane Wagner. _x000D_
 Justificou informando que nos referidos pontos, alguns motoristas vêm conduzindo seus veículos em alta velocidade, pondo em risco a vida das pessoas que ali transitam, pois são locais de circulação de muitas pessoas.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/247/03.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/247/03.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 03/2021, realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA, o qual solicitou ao Setor competente, para que seja estudada a possibilidade do funcionamento da Farmácia do posto de saúde da Sede do Município em tempo integral (durante à noite). Bem como tentar acordo com os proprietários das farmácias particulares, para que seja estendido o horário de atendimento aos clientes._x000D_
 Justificou afirmando que as pessoas que necessitam de atendimento no horário do plantão, são obrigados a voltar pra suas casas, e retornar somente no outro dia buscar os medicamentos no posto ou comprar nas farmácias, devido à falta desse serviço de extrema necessidade.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/248/04.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/248/04.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 04/2021, realizada em Plenário, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI, o qual solicitou ao Setor de Obras, uma ampliação nas dependências do Posto de Saúde na comunidade de Lagoa da Cruz._x000D_
 Justificou afirmando que melhorias nesse local, já foram reivindicadas através de várias Indicações. Salientou que diante tais solicitações, foi construída uma cobertura, o que não supriu as necessidades da população, devido ao grande número de habitantes da Comunidade._x000D_
 Ressaltou sobre a necessidade de serem colocadas cadeiras proporcionando maior comodidade aos usuários.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/249/05.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/249/05.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 05/2021 realizada em Plenário, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI, o qual solicitou ao Setor de Obras, a colocação de Caixas para colocação do lixo para o Caminhão Coletor, em 04 (quatro) pontos na comunidade de Lagoa da Cruz._x000D_
 •	Próximo ao Comercial Lagoa;_x000D_
 •	Próximo à residência do Wilmar Iusviaki;_x000D_
 •	Próximo à residência do Antenor de Lima;_x000D_
 •	Próximo ao Trevo._x000D_
 Justificou relatando que dessa forma facilitaria o trabalho dos colaboradores que prestam o serviço de coleta.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/250/06.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/250/06.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 06/2021, realizada em Plenário, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, o qual solicitou ao Setor de Obras, para solucionar um problema de alagamentos em dias chuvosos, que ocorrem na estrada Principal da Serrinha, próximo a residência da Sra. Ediane Augustinhak, na Comunidade de Lagoa da cruz._x000D_
 Justificou afirmando que por meio desta, vem atender a uma reivindicação através de um vídeo do mês de Dezembro de 2020, de moradores, e usuários da referida Via, que sofrem em decorrência dos transtornos nesse local.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/251/07.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/251/07.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL Nº 07/2021, realizada em Plenário, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES, o qual solicitou ao Executivo. Serviços de reparo com patrolamento nas estradas secundarias em todo o Município._x000D_
 Justificou afirmando que que as estradas estão precisando de melhorias, para que os agricultores consigam escoar suas colheitas.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/252/08.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/252/08.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 08/2021, realizada em Plenário, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Setor competente para que seja averiguado, e solucionado um problema no telefone e nos ramais do Posto de Saúde, na sede do Município._x000D_
 Justificou relatando que através desta, vem atender reivindicações de usuários, que ligam, mas a ligação cai ao ser atendido.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/253/09.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/253/09.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 09/2021, realizada em Plenário, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo, que seja estudado qual é o empecilho, que vem impedindo as ampliações das extensões das redes de água tratada para todas as residências da Cidade de Antonio Olinto.  _x000D_
 Justificou afirmando que ouve muitas reclamações de moradores que solicitam um esclarecimento do Poder Público, acerca de quem é a competência para solucionar o referido problema.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/254/placas_indicativas.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/254/placas_indicativas.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 10/2021, realizada em Plenário, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder Executivo, que sejam colocadas Placas Indicativas nas comunidades do interior do Município._x000D_
 Justificou afirmando sobre essa necessidade de identificação das comunidades, visando orientar as pessoas, pois principalmente no interior, onde é precário o sinal de internet, impossibilitando a localização através de aparelhos de GPS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/255/exames.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/255/exames.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº11/2021,  realizada em Plenário, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, para que haja uma cobrança da Secretaria Municipal da Saúde, para que seja estipulado um prazo, para marcação dos exames para os Pacientes._x000D_
 Justificou afirmando que em certos caso, pacientes aguardam até 1 (um) ano, para fazer um exame, o que certamente agravará o problema devido à espera, pois quanto antes diagnosticado, mais fácil será o tratamento._x000D_
 Sugeriu que fosse estabelecido um prazo de 60 (sessenta) dias no máximo para que seja marcado qualquer tipo de exames.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/256/bueiros.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/256/bueiros.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 12/2021,  realizada em Plenário, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que sejam abertas valetas em frente à residência do Senhor Mauro Alves, onde caíram 5 (cinco) carros em menos de 2 (dois) meses. Bem como abertura de um bueiro que está entupido, em frente à residência do senhor Sandro Gritten Pietraski, na Comunidade de Imbuial._x000D_
 Justificou afirmando que em Ambos os pontos, as águas da Chuva invadem a estrada Principal, prejudicando o tráfego dos usuários da referida Via.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/257/ricardo_estrada_imbuial.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/257/ricardo_estrada_imbuial.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 13/2021, realizada em Plenário, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de restauração na estrada Principal, em toda sua extensão, na Comunidade de Imbuial._x000D_
 Justificou afirmando que devido às chuvas, os pedregulhos são facilmente levados pela água, o que sugere que sejam substituídos por outro tipo de empedramento._x000D_
 Ressaltou que a referida Via necessita de reparos em vários pontos, havendo a necessidade de tais melhorias, para proporcionar maior segurança aos usuários.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/258/bueiro_himoski.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/258/bueiro_himoski.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 14/2021, realizada em Plenário, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, priorize o mais breve possível, solucionar o problema no Bueirão, próximo ao comércio do Sr. Darci Heimoski, na Estrada Principal em direção à Rio Negro, na comunidade do Butiá._x000D_
 Justificou afirmando que o referido bueiro, o qual já encontrava-se em condições precárias, agravou-se com a queda de uma das Cabeceiras, tornando in</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/259/indicacao_15.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/259/indicacao_15.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL 15/2021 através da qual solicitou ao Poder Executivo, para que seja viabilizada uma Academia ao ar livre, próxima à Escola, na comunidade do Butiá. Justificou sua Indicação, afirmando que seria de extrema importância a instalação de uma Academia na referida Comunidade, como forma de incentivo à prática de Atividades Físicas, algo essencial para melhorar a qualidade de vida.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/260/distrito_lagoa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/260/distrito_lagoa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 191/2021 realizada em Plenário, dia 07 de Junho de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, para que através do Setor Competente estude a possibilidade de Alteração do Plano diretor do Município._x000D_
 Justificou a importância de sua Indicação, afirmando que no Distrito da Lagoa da Cruz não existe uma definição precisa quanto sua Demarcação, e necessita abranger a Comunidade toda, para possibilitar novas instalações de Padrões de Energia Elétricas, de acordo com a demanda da População.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/261/comunicacao_aos_vereadores.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/261/comunicacao_aos_vereadores.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 41/2021 realizada em Plenário, dia 08 de Fevereiro de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal comunique o Poder Legislativo com antecedência em qual comunidade o Setor de Obras estará trabalhando. _x000D_
 Justificou afirmando que entende que seja de extrema importância que cada Obra executada no Município, seja acompanhada pelos Vereadores, que são os principais Legisladores e representantes da População.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/262/candido_de_abreu.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/262/candido_de_abreu.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 125/2021 realizada em Plenário, 12 de Abril de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras realize melhorias na estrada de Cândido de Abreu, desde próximo à residência dos Kolody, até a Igreja de Santos Andrade. _x000D_
 Justificou que a referida estrada está intransitável, e necessita urgentemente de melhorias, afirmando ser um trecho muito utilizado pelos agricultores locais, especialmente nessa época de colheita.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 45/2021 realizada em Plenário, dia 08 de Fevereiro de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal para que seja feito um trabalho de higienização/desinfecção no caminhão pipa da Prefeitura, locado no Setor de Obras. _x000D_
 Justificou afirmando que presenciou este caminhão sendo erroneamente utilizado para molhar estradas, com água retirada de rios, o que certamente contaminou o tanque, que deveria ser utilizado somente com água potável, para fins de suprir a necessidade da população em uma possível escassez.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/264/bruno_kurpiel_rua.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/264/bruno_kurpiel_rua.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 190/2021 realizada em Plenário, 07 de Junho de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras solucione um problema de um Buraco à margem da Rua próxima à Residência do Sr. Bruno Kurpiel. Na saída para Igreja Ucraniana, Centro._x000D_
 Justificou a importância de sua Indicação, afirmando que uma cratera está se formando no referido local, aumentando de tamanho e consequentemente o risco aos usuários.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/265/banheiro_rodoviaria.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/265/banheiro_rodoviaria.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 228/2021 realizada em Plenário, dia 02 de Agosto de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, estude a possibilidade de abrir uma porta para o Público acessar o banheiro interno, nas dependências da Rodoviária Municipal, Centro._x000D_
 Justificou a importância de sua Indicação, atendendo a demanda principalmente de usuários que vêm para pegar o ônibus de manhã, antes do referido estabelecimento abrir, não tendo outra opção desse tipo essencial de serviço, que deve ser oferecido à População por se tratar de um estabelecimento Público.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/266/audiancia_publica.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/266/audiancia_publica.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 158/2021 realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, Oficie a Secretária de Saúde para uma reunião, ou uma audiência Pública, para esclarecimento de alguns fatos pertinentes à este setor._x000D_
 Justificou a importância de sua Indicação, afirmando ser de conhecimento de uma grande maioria, sobre alguns pontos à serem melhorados na Área da Saúde.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/267/agua_na_sede.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/267/agua_na_sede.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 15/2021 realizada em Plenário, dia 11 de Janeiro de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo, que seja estudado qual é o empecilho, que vem impedindo as ampliações das extensões das redes de água tratada para todas as residências da Cidade de Antonio Olinto.  _x000D_
 Justificou afirmando que ouve muitas reclamações de moradores que solicitam um esclarecimento do Poder Público, acerca de quem é a competência para solucionar o referido problema.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/268/3_pocos-cerrro_lindo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/268/3_pocos-cerrro_lindo.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 157/2021 realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador JOSÉ JOAREZ IUSVIAKI. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras realize um trabalho de reestruturação na estrada principal, que liga a comunidade de 3 Poços ao Cerro Lindo._x000D_
 Justificou a importância de sua Indicação, afirmando que a referida via necessita de tais melhorias, pois principalmente próximo a Raia do Sr. Zeno Bich, está em péssimas condições e nos dias chuvosos se torna intransitável.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/269/rua_entrada_cidade.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/269/rua_entrada_cidade.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 114/2021 realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador GILCIANO MOREIRA. O qual solicitou ao Poder Executivo, para que seja realizado um trabalho de melhorias, no final da Rua Edgar Train Schafauser, próximo ao muro da residência do Sr. Elder Tchaskos, saída para comunidades do Butiá e adjacentes._x000D_
 Justificou afirmando que no referido local já foi registrado casos de Acidentes, devido ao estado precário em que se encontra._x000D_
 	No aguardo, e certo de contarmos com sua atenção, renovamos</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/270/ponte_agua_vermelha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/270/ponte_agua_vermelha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 115/2021 realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador GILCIANO MOREIRA. O qual solicitou ao Poder Executivo, para que seja realizado um trabalho de reestruturação da estrada da Ponte da Divisa, próxima à residência do Sr. Ronaldo Levandoski, até a estrada principal de Água Vermelha. _x000D_
 Justificou afirmando que vem através desta, atender reivindicações de moradores, da referida comunidade.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/271/ponte_agua_vermelha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/271/ponte_agua_vermelha.docx</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/272/avencal_agua_amarela.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/272/avencal_agua_amarela.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 256/2021realizada em Plenário, dia 30 de Agosto de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize melhorias de patrolamento e reestruturação, na estrada que liga as comunidades do Avencal e Água Amarela._x000D_
 Justificou afirmando que vem através desta, atender reivindicações de moradores das referidas Comunidades, bem como de pessoas que usam diariamente esse trecho.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/273/estrada_vila_rural.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/273/estrada_vila_rural.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 314/2021, realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize melhorias nas estradas da Vila Rural, comunidade do Cerro Lindo Butiá._x000D_
 Justificou afirmando a necessidade de sua Indicação, atendendo reivindicações de moradores da comunidade, e após averiguação no local, constatou que em vários pontos da referida comunidade, as estradas estão em situações críticas.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/274/familia_kotoviski.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/274/familia_kotoviski.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 104/2021, realizada em Plenário, dia 29 de Março de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize serviço de melhorias (patrolamento e empedramento), na estrada da Estrela, que dá acesso à propriedade da família Kotoviski, na Comunidade do Lavador._x000D_
 Justificou informando que seria necessário um trabalho urgente de restruturação da referida estrada, que é muito utilizada principalmente neste período de colheita, e devido ao estado precário em que esta se encontra, especialmente em dias chuvosos.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/275/lombada_butia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/275/lombada_butia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 306/2021, realizada em Plenário, dia 25 de Outubro de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras viabilize a construção de uma Lombada na estrada próxima à residência do Sr. Eder Czlusniack, na comunidade do Butiá._x000D_
 Justificou afirmando a necessidade de sua Indicação, atendendo reivindicações de moradores da comunidade, especialmente de Pais de Alunos que aguardam o transporte escolar neste Local.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/276/mato_preto-lavador.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/276/mato_preto-lavador.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 193/2021, realizada em Plenário, dia 14 de Junho de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize melhorias (patrolamento e alargamento), na estrada que liga as comunidades do Lavador e Mato Preto._x000D_
 Justificou afirmando que veículos, principalmente de grande porte, têm dificuldade quando se encontram, sendo necessária uma reestruturação com urgência.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/277/placas_em_lombadas.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/277/placas_em_lombadas.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 152/2021, realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras, coloque placas de Advertência nos locais onde estão sendo construídas Lombadas nas estradas Municipais._x000D_
 Justificou informando que já foram construídas na Comunidade do Butiá, e estão sendo construídas na Comunidade do Lavador._x000D_
 Salientou sobre a necessidade de que sejam sinalizadas todas as estradas do Município, auxiliando os condutores de veículos, evitando possíveis acidentes.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 71/2021realizada em Plenário, dia 08 de Março de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a Reestruturação da Ponte entre as Comunidades de Mato Preto e Lavador._x000D_
 Ressaltou informando que esta Ponte é de suma importância como ligação entre as referidas Comunidades, mas teve sua estrutura danificada devido ao excesso de chuvas, sendo necessário urgente um trabalho de recuperação.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/279/ponte_lavador.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/279/ponte_lavador.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 291/2021, realizada em Plenário, dia 04 de Outubro de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize um trabalho de reparos na ponte que liga as comunidades de Lavador e Mato Preto._x000D_
 Justificou afirmando que a referida ponte necessita urgentemente de melhorias, devido ao em estado precário, representando risco aos usuários.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/280/transporte_de_alunos_do_agricola.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/280/transporte_de_alunos_do_agricola.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 287/2021, realizada em Plenário, dia 27 de Setembro de 2021, de autoria do Sr. Vereador JOÃO ISSACARD BORBA. O qual solicitou ao Poder executivo, para que através do Setor de Responsável possibilite a troca do veículo utilizado transporte dos alunos que se deslocam até o Colégio Agrícola no município de Rio Negro pois o número de alunos excede a capacidade do veículo atual e que também forneçam o transporte de retorno nos finais de semana(sexta-feira)._x000D_
 Justificou afirmando que vem através desta, atender reivindicações dos pais dos alunos que tem dificuldade em buscar seus filhos todas as semanas e que o veículo anteriormente utilizado já não comporta o número de alunos</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/281/2_bueiros.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/281/2_bueiros.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 260/2021, realizada em Plenário, dia 13 de Setembro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a construção de dois bueiros um na subida da Campina Vermelha, outro na estrada que dá acesso ao Cemitério, na Comunidade do Butiá._x000D_
 Justificou afirmando a necessidade urgente dessa demanda ser atendida, pois em um dos referidos locais será passagem de veículo de transporte escolar, e em ambos utilizado por muitas pessoas.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Marcos Antonio Veiga</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 87/2021, realizada em Plenário, dia 15 de Março de 2021 de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize melhorias (patrolamento e colocação de pedras), em alguns pontos nas estradas nas comunidades de Água Vermelha, e Paiol Queimado._x000D_
 Justificou informando que vêm através desta, atender reivindicações do Senhor João Maurer solicitando melhorias._x000D_
 	No aguardo da atenção, e certo de contarmos com a urgente solução do problema, por se tratar de estradas muito utilizadas especialmente nesse período de safras. Renovamos votos de estima e consideração.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/283/calcada_ps_butia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/283/calcada_ps_butia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 50/2021, realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a construção de calçadas no Posto de Saúde, na Comunidade do Butiá._x000D_
 Justificou informando que vêm através desta, atender uma reivindicação da Sra. Ana Maurer, a qual relatou que o acesso às dependências do referido Posto, se torna difícil, devido ao chão escorregadio, situação que seria resolvida com a construção de calçadas.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/284/camaras_seguranca.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/284/camaras_seguranca.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 160/2021 realizada em Plenário, dia 10 de Maio de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor Competente estude a possibilidade de instalação de Câmeras de Segurança nas Escolas Municipais. _x000D_
 Justificou a necessidade urgente de tal investimento objetivando zelar pela segurança das crianças e Docentes._x000D_
 Destaca-se porém, que esse tipo de equipamento é indispensável, levando em consideração casos recentes de violência ocorridos nas Instituições de Ensino</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/285/caminhao_pipa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/285/caminhao_pipa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 51/2021 realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor Competente mantenha o Caminhão Pipa cheio de água para qualquer possível Sinistro._x000D_
 Justificou afirmando que este equipamento deve ser mantido cheio de água, para que seja utilizado em um eventual incêndio, como primeiro socorro até que seja acionado o Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/286/estrada_cezar._centro.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/286/estrada_cezar._centro.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 219/2021 realizada em Plenário, dia 12 de Julho de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize um trabalho de reestruturação na estrada marginal à Pr. 281, em frente à borracharia do Cezar Camargo._x000D_
 Justificou afirmando que vêm através desta, reivindicar melhorias afim de melhorar principalmente a entrada de acesso à referida estrada, onde existem vários buracos dificultando o tráfego de veículos.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/287/estrada_eleoterio_bay.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/287/estrada_eleoterio_bay.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 89/2021, realizada em Plenário, dia 15 de Março de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize melhorias (patrolamento e colocação de pedras), na estrada desde a propriedade do Sr. Davi Wosniaki, até o Eleotério Bay, na Comunidade do Butiá._x000D_
 Justificou informando que vêm através da presente, atender solicitações de moradores reivindicando tais melhorias.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/288/estrrada_cerro_lindo.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/288/estrrada_cerro_lindo.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 241/2021, realizada em Plenário, dia 09 de Agosto de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras realize uma trabalho de reestruturação, nas estrada que se inicia próxima à residência do Sr. Júlio Cezar Domingues (Zina), até a estrada principal, na Comunidade do Serro Lindo._x000D_
 Justificou informando que vêm através desta, atender uma reivindicação de moradores reivindicando tais melhorias.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/289/fazenda_pilao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/289/fazenda_pilao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 86/2021realizada em Plenário, dia 15 de Março de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize melhorias (patrolamento e colocação de pedras), nas estradas na fazenda Pilão. Comunidade do Butiá._x000D_
 Justificou informando que vêm através desta, vem atender a presente Demanda do Senhor Nego Bay solicitando tais melhorias._x000D_
 	No aguardo da atenção, e certo de contarmos com a solução do problema, por se tratar de estradas muito utilizadas especialmente nesse período de safras. Renovamos votos de estima e consideração.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/290/iluminacao_leck.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/290/iluminacao_leck.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 199/2021realizada em Plenário, dia 21 de Junho de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder Executivo, para que através do Setor Competente viabilize a possibilidade de Instalação de redes de iluminação pública e dois trechos no Distrito de Lagoa da Cruz._x000D_
 Justificou afirmando estar atendendo reivindicações de moradores locais solicitando para que seja estendida a Iluminação desde a Pr. 281 no trevo de acesso até a Oficina Leck; bem como na estrada principal da Serrinha</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/291/lixo_reciclavel.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/291/lixo_reciclavel.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 116/2021, realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, através do Setor Competente altere o roteiro do caminhão de coleta do Lixo reciclável na comunidade de Água Vermelha._x000D_
 Justificou informando que o caminhão não passa por a referida Comunidade, e que os moradores sentem a necessidade de que haja coleta, assim como existem nas demais comunidades.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/292/lombadas_butia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/292/lombadas_butia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 02/2021, realizada em Plenário, dia 04 de Janeiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA, o qual solicitou ao Setor de Obras, a colocação de 03 (três) redutores de velocidade (lombadas), próximas de pontos comerciais, na comunidade do Butiá._x000D_
 •	Próximo à Agropecuária do Binho;_x000D_
 •	Próximo ao Comércio do “Negrinho Veiga”;_x000D_
 •	Próximo ao Comércio do Giovane Wagner. _x000D_
 Justificou informando que nos referidos pontos, alguns motoristas vêm conduzindo seus veículos em alta velocidade, pondo em risco a vida das pessoas que ali transitam, pois são locais de circulação de muitas pessoas. _x000D_
 	No aguardo da atenção, e da possibilidade de sermos atendidos o mais breve possível, renovamos votos de estima e consideração.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/293/melhorias_nos_onibus.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/293/melhorias_nos_onibus.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 14/2021, realizada em Plenário, dia 11 de Janeiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Setor competente para que seja averiguado, e solucionado um problema no telefone e nos ramais do Posto de Saúde, na sede do Município._x000D_
 Justificou relatando que através desta, vem atender reivindicações de usuários, que ligam, mas a ligação cai ao ser atendido.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/294/melhorias_nos_onibus.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/294/melhorias_nos_onibus.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 151/2021, realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder Executivo, para que através do Setor Competente entre em contato com os Proprietários de linhas de Ônibus do Município, para uma vistoria nos Veículos que prestam esse serviço._x000D_
 Justificou informando que vêm através desta, atender reivindicações de usuários informando a falta de alguns vidros, e porta que defeituosa._x000D_
 Ressaltou que as empresas prestadoras desse serviço no Município invista em algumas melhorias básicas, proporcionando o mínimo de conforto e segurança aos passageiros.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/295/p.onibus_lagoa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/295/p.onibus_lagoa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 01/2021realizada em Plenário, dia 04 de Janeiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA, o qual solicitou ao Setor de Obras, a troca da cobertura do abrigo do Ponto de ônibus, em frente ao Comercio Lagoa, na comunidade de lagoa da Cruz._x000D_
 Justificou informando que tal solicitação se faz necessário em regime de urgência, devido ao estado de conservação em que estes se encontram, enfatizou ainda, que seria de salutar importância uma vistoria geral, nos abrigos dos Pontos de ônibus em todo o Município.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/296/placas_indicativas.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/296/placas_indicativas.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 25/2021, realizada em Plenário, dia 18 de Janeiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder Executivo, que sejam colocadas Placas Indicativas nas comunidades do interior do Município._x000D_
 Justificou afirmando sobre essa necessidade de identificação das comunidades, visando orientar as pessoas, pois principalmente no interior, onde é precário o sinal de internet, impossibilitando a localização através de aparelhos de GPS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/297/podas_de_arvores.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/297/podas_de_arvores.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 299/2021, realizada em Plenário, dia 18 de Outubro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, oficie as Empresas Madeireiras para realizarem podas das árvores às margens das estradas, nas áreas reflorestadas._x000D_
 Justificou afirmando que esse tipo de trabalho é necessário para a conservação das estradas, sendo necessário ainda que cada proprietário de terreno às margens das estradas, os mantenham limpos.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/298/ponte_invernadinha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/298/ponte_invernadinha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 60/2021, realizada em Plenário, dia 22 de Fevereiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a Reestruturação da Ponte que dá acesso às lavouras dos Srs. Marcelo Drobezinski, e “Juca” Gadonski, próximo às propriedades dos familiares do finado “Jango Gato”, na “Invernadinha” Lagoa da Cruz._x000D_
 Ressaltou que informando que essa Ponte é via de acesso às referidas propriedades, e devido ao seu estado precário, se torna perigoso o tráfego principalmente de caminhões e máquinas Agrícolas.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 52/2021, realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a Reestruturação da “Ponte do Lodair”, na divisa entre os Municípios de Antonio Olinto._x000D_
 Ressaltou que informando que essa Ponte é via de acesso da Comunidade de Água Vermelha ao Mato Preto, Paiol, e que a População destas comunidades vêm reivindicando esse serviço.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/300/ponto_de_onibus.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/300/ponto_de_onibus.docx</t>
   </si>
   <si>
     <t>nº 187/2021, realizada em Plenário, dia 07 de Junho de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras Viabilize a construção de Dois abrigos em pontos de ônibus Próximo propriedade do Sr. Laercio Lusk, outro próximo a propriedade da Sr. Tereza Rodrigues, na Comunidade do Butiá._x000D_
 Justificou informando que vêm através da presente, atender solicitações de moradores que não têm onde se abrigar enquanto aguardam a chegada do ônibus, ficando expostos às interpéries naturais.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 171/2021, realizada em Plenário, dia 24 de Maio de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor de Obras viabilize melhorias nas Escolas Municipais João Francisco Siqueira, e Monteiro Lobato. _x000D_
 Justificou informando que vem através desta, atender reivindicação das Diretoras das referidas escolas.  _x000D_
 Destaca-se porém, que esse tipo de investimento é indispensável, nas Instituições de Ensino, contando com o retorno breve das aulas presenciais.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 286/2021, realizada em Plenário, dia 27 de Setembro de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, para que através do Setor Responsável regularize a doação feita pelo senhor Paulo Kanegusuku de um terreno para a Construção do Cemitério Municipal da Comunidade do Butiá._x000D_
 Justificou afirmando a necessidade de documentação do terreno para que seja regularizado o Cemitério na Comunidade, o qual atende famílias da comunidade.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/303/uniformes.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/303/uniformes.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 92/2021, realizada em Plenário, dia 22 de Março de 2021, de autoria do Sr. Vereador MARCO ANTONIO VEIGA. O qual solicitou ao Poder executivo, através do Setor Competente viabilize a aquisição de uniformes profissionais, para fornecer aos Colaboradores do Setor de Obras._x000D_
 Justificou afirmando que o uso de uniformes padronizados, tem como objetivo sua Identificação e Proteção no trabalho._x000D_
 	No aguardo da atenção, e reconhecimento pelo funcionalismo Público. Renovamos votos de estima e consideração.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/310/agua_agua_amarela_do_meio.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/310/agua_agua_amarela_do_meio.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 173/2021, realizada em Plenário, dia 24 de Maio de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, através do Setor competente, para que seja Licitada a instalação de água na comunidade de Água Amarela do Meio. _x000D_
 Justificou Reivindicando para que juntamente com as Comunidades de Água Amarela de Cima e Imbuial, sejam estendidas redes de água para a população da referida Comunidade visando atender a demanda de todos que necessitem.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/311/estrada_sachinski.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/311/estrada_sachinski.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 48/2021, realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras, realize serviços de Patrolamento, na estrada secundária desde a Antena de Telefonia, próxima da Estrada velha, até a casa dos Sachinski, em Água Amarela de Baixo. _x000D_
 Justificou afirmando que o referido trecho está em péssimas condições, necessitando urgente de melhorias, pois é muito utilizado pela População.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/312/estradas_agua_amarelas_ii.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/312/estradas_agua_amarelas_ii.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 207/2021, realizada em Plenário, dia 05 de Julho de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras, realize a melhorias priorizando alguns pontos mais críticos nas estradas das comunidade de Água Amarela de Cima. Água Amarela de Baixo, e Água Amarela do Meio._x000D_
 Justificou afirmando que através desta, vem reforçar outras Indicações, anteriormente aprovadas em sessões, com esse mesmo objetivo._x000D_
 Sugeriu para que o Setor Competente terceirize tais serviços, para alguma empresa privada, visando atender com a máxima urgência, priorizando os locais mais críticos.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/313/estradas_prioridades.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/313/estradas_prioridades.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 172/2021, realizada em Plenário, dia 24 de Maio de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras, realize a melhorias priorizando alguns pontos mais críticos nas estradas das comunidade de Água Amarela de Cima. Água Amarela de Baixo, e Água Amarela do Meio._x000D_
 Justificou afirmando que através desta, vem reforçar outras Indicações, anteriormente aprovadas em sessões, com esse mesmo objetivo._x000D_
 Opinou que fosse seguido o cronograma normal de trabalho, enquanto uma outra equipe fosse fazendo os trabalhos que exigem emergência, em todas as comunidades aleatoriamente.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/314/lavouras_a.a_do_meio.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/314/lavouras_a.a_do_meio.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 194/2021, realizada em Plenário, dia 14 de Junho de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, através do Setor de Obras realize um trabalho de Patrolamento nas estradas de acesso às Lavouras, na comunidade de Água Amarela do Meio. _x000D_
 Justificou afirmando que várias estradas estão em situação crítica, precisando urgentemente de tais melhorias, para que os produtores rurais consigam chegar em suas Lavouras.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/315/ligacao_de_agua.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/315/ligacao_de_agua.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 153/2021, realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras, realize a ligação de água para todas as família que necessitar, na comunidade de Água Amarela de Cima. _x000D_
 Justificou afirmando que Já fez uma Indicação, aprovada em sessões anteriores, com esse mesmo objetivo, para as Comunidades de Água Amarela de Cima. Água Amarela de Baixo, e Imbuial._x000D_
 Ressaltou que haveria instalação somente para uma parte da População, portanto sugere para que seja feita uma reunião na Comunidade, para atender a Demanda de todos que necessitem.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/316/lombada_elida.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/316/lombada_elida.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 49/2021, realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras, viabilize a construção de duas Lombadas, na estrada secundária em frente à casa do Sr. Vilmar Garcia, no Distrito de Água Amarela de Baixo (Posto Train). _x000D_
 Justificou afirmando que veículos vêm transitando em alta velocidade, pondo em risco a vida de pedestres e demais usuários.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/317/patrolamento_das_estradas.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/317/patrolamento_das_estradas.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 13/2020, realizada em Plenário, dia 02 de março de 2021, de autoria do Sr. Vereador MARINALDO SCHIMIDT LEMES, o qual solicitou ao Executivo. Serviços de reparo com patrolamento na estrada secundaria na Comunidade de Água Amarela de Cima._x000D_
 Justificou afirmando que que as estradas estão precisando de reparos, prejudicando aos moradores que utilizam desta estrada.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/318/candido_de_abreu_godoi.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/318/candido_de_abreu_godoi.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 163/2021, realizada em Plenário, dia 17 de maio de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, realize serviço de patrolamento e colocação de pedras em alguns pontos, na estrada desde a propriedade da Família Kolody, até a Propriedade da Família Godói, na comunidade de Cândido de Abreu. _x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, devido a precariedade em que o trecho da referida via se encontra.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/319/estrada_da_campina.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/319/estrada_da_campina.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 288/2021, realizada em Plenário, dia 27 de Setembro de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, realize serviço de patrolamento, na estrada da Campina próximo a propriedade da família Volochen, (Sr João Volochen (in memoriam) e a manutenção de um bueiro no mesmo local. _x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, devido a precariedade em que o trecho da referida via se encontra.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/320/estrada_dito_coelho.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/320/estrada_dito_coelho.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 188/2021realizada em Plenário, dia 07 de Junho de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Executivo, através do Setor competente, viabilize melhorias nas estrada conhecida como estrada do Sr. Benedito Januário “Dito coelho”, na comunidade de Água Amarela de Baixo._x000D_
 Justificou afirmando que é necessário empedramento e patrolamento no trecho que se inicia na propriedade do Sr. Jacó fallat, na Estrada Velha, priorizando alguns pontos que estão intransitáveis. _x000D_
 Ressaltou que já foi feita essa Indicação pelo Vereador Eliseu, acatada em Sessão do dia 24 de Maio, e está refazendo devido a Precariedade do referido trecho.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 154/2021, realizada em Plenário, dia 04 de Maio de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, realize serviço de reestruturação nas estradas, na comunidade do Cerro Lindo. _x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, devido a precariedade em que o trecho da referida via se encontra, sendo necessário melhorias desde a entrada próxima da propriedade da Sra. Eliete, até a propriedade do Sr. Mariano Pietraski.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/322/estrada_stos_andrade.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/322/estrada_stos_andrade.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 117/2021, realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, realize serviço de patrolamento e colocação de pedras em alguns pontos, na estrada desde a propriedade do Orlatei, até a Propriedade do Cristiano, passando pela granja do Baratieri, na comunidade de Santos Andrade. _x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, devido a precariedade em que o trecho da referida via se encontra.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/323/estrada_velha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/323/estrada_velha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 40/2021, realizada em Plenário, dia 08 de Fevereiro de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Executivo, através do Setor de Obras, realize serviço de patrolamento na estrada conhecida como “estrada velha”._x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, devido a precariedade em que a referida via se encontra.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/324/iluminacao_cooperativa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/324/iluminacao_cooperativa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 118/2021, realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor Competente realize melhorias na rede de Iluminação Pública, na rua atrás da Cooperativa. Centro_x000D_
 Justificou informando que vem através desta atender reivindicações de moradores, referentes à falta de algumas Lâmpadas na referida rua._x000D_
 Salientou que a precariedade do sistema de Iluminação causa insegurança à população.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/325/iluminacao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/325/iluminacao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 332/2021, realizada em Plenário, dia 06 de Dezembro de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor competente viabilize a substituição das lâmpadas de Iluminação Pública na Sede do Município, especialmente em frente às propriedades dos Srs. Jucemar Narok, do Pik, e na Rua do Colégio Duque de Caxias._x000D_
 Justificou afirmando que seria necessário uma vistoria em todas Ruas, para sanar esse problema que por várias vezes, foi requisitado através de Indicações.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/326/linhas_munhoz_e_sao_joao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/326/linhas_munhoz_e_sao_joao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 257/2021realizada em Plenário, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Executivo, dia 30 de Agosto de 2021, através do Setor competente, viabilize melhorias nas estrada das comunidades da Linha São João ao Porto de Pedras, e Linha Munhoz à Linha São João. _x000D_
 Justificou afirmando que é necessário um trabalho de patrolamento e colocação de pedras em pontos necessários ao longo do trecho.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/327/lobada_rua_centro.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/327/lobada_rua_centro.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 195/2021, realizada em Plenário, dia 14 de Junho de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Executivo, através do Setor competente, viabilize a construção de uma Lombada física, na Rua próxima à residência do Sr. Osmar Hainosz. Centro._x000D_
 Justificou afirmando que vem através desta, atender reivindicações de moradores e usuários, que apontam o local como ponto de vários acidentes.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/328/lombadas_lagoa_da_cruz.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/328/lombadas_lagoa_da_cruz.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 39/2021, realizada em Plenário, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Executivo, dia 08 de Fevereiro de 2021, através do Setor de Obras, viabilize a construção 02 de redutores de velocidade (lombadas), na estrada secundária próxima à residência do Senhor Fabiano Removicz, no Distrito de Lagoa da Cruz._x000D_
 Justificou informando que vem através desta atender uma reivindicação de moradores, pois alguns motoristas vêm dirigindo em alta velocidade, pondo em risco os demais usuários da via.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/329/vila_rural_joaquim_dombek.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/329/vila_rural_joaquim_dombek.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 277/2021, realizada em Plenário, dia 20 de setembro de 2021, de autoria do Sr. Vereador NATÁLIO ZILDO FALCÃO. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, realize a manutenção na estrada que liga a Vila Rural ao Cerro Lindo nas proximidades da propriedade do Senhor Clemente Blaskievicz e a construção de um bueiro nas proximidades da residência do senhor Joaquim Dombek para facilitar o acesso entre as propriedades. _x000D_
 Justificou informando que vem através desta atender uma solicitação de acessibilidade ao Senhor Joaquim que possui mobilidade reduzida em virtude de problemas de saúde.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/330/abastecedouro_movax.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/330/abastecedouro_movax.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 290/2021, realizada em Plenário, dia 27 de Setembro de 2021,  de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, o qual solicitou ao Poder Executivo, por meio do setor competente realize a manutenção (troca de mangueiras) do abastecedouro próximo a Empresa Movax/Frutax, na comunidade do Pedroso. _x000D_
 Justificou informando que é necessário tal manutenção para que não seja prejudicada a produtividade, visto ser uma empresa de reconhecido valor econômico para o município.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/331/academia_ao_ar_livre.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/331/academia_ao_ar_livre.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 53/2021, realizada em Plenário, dia 15 de Fevereiro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, o qual solicitou ao Poder Executivo, para que seja viabilizada uma Academia ao ar livre próxima ao posto da Saúde, na comunidade do Imbuial. _x000D_
 Justificou informando que vê a instalação de uma Academia na referida Comunidade, como forma de incentivo à prática de Atividades Físicas, e algo de extrema importância para melhorar a qualidade de vida da População.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/332/aquisicao_de_terreno.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/332/aquisicao_de_terreno.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 243/2021, realizada em Plenário, dia 09 de Agosto de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, viabilize a Aquisição, ou à Título de Doação, uma área de terreno para construção de uma quadra de grama sintética, no Distrito da Lagoa da Cruz. _x000D_
 Justificou estar atendendo uma Demanda da população local, que reivindica há muito tempo mais esse tipo de ambiente para prática de esportes na Comunidade.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/333/bueiro_antonio_amaral.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/333/bueiro_antonio_amaral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 311/2021, realizada em Plenário, dia 08 de Novembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Executivo, para que através do Setor de Obras, seja viabilizada reestruturação de uma ponte, bem como demais melhorias na estrada secundária, que dá acesso à propriedade do Sr. Antonio Amaral, no Posto Train, Água Amarela de Baixo. _x000D_
 Justificou afirmando que referente Indicação é de extrema necessidade, pois familiares e vizinhos do referido Sr. Estão acamados, assim necessitam da boa conservação da via de acesso, para uma eventual emergência.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/334/bueiros.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/334/bueiros.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 27/2021, realizada em Plenário, dia 18 de Janeiro de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que sejam abertas valetas em frente à residência do Senhor Mauro Alves, onde caíram 5 (cinco) carros em menos de 2 (dois) meses. Bem como abertura de um bueiro que está entupido, em frente à residência do senhor Sandro Gritten Pietraski, na Comunidade de Imbuial._x000D_
 Justificou afirmando que em Ambos os pontos, as águas da Chuva invadem a estrada Principal, prejudicando o tráfego dos usuários da referida Via.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/335/campo_society.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/335/campo_society.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 324/2021, realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, melhorias no campo de Society._x000D_
 Justificou afirmando que as estruturas estão bastante danificadas, necessitando urgentemente de reparos.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/336/cronograma_da_iluminacao_publica.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/336/cronograma_da_iluminacao_publica.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 278/2021, realizada em Plenário, dia 20 de setembro de 2021,  de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, o qual solicitou ao Poder Executivo, para que forneça o Cronograma de Serviço da empresa que realiza a manutenção da iluminação pública municipal, se possível, informando o intervalo de tempo de trocas das lâmpadas e também se é necessário um número mínimo de lâmpadas a serem trocadas para que seja realizado o serviço. _x000D_
 Justificou informando que com o Cronograma em mãos é possível repassar à população a previsão do reparo evitando recorrentes reclamações, também seria possível abrir chamados na empresa responsável quando atingido o número mínimo de lâmpadas para troca.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/337/estrada_antena_ate_arroio_da_cruz.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/337/estrada_antena_ate_arroio_da_cruz.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 141/2021, realizada em Plenário, dia 26 de Março de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, seja feito um trabalho de reestruturação na estrada que liga a Pr. 281 na comunidade de Cerro Lindo, próximo à Antena. Até a comunidade de Arroio da Cruz, no Município de São Mateus do Sul._x000D_
 Justificou afirmando que a referida estrada, necessita de melhorias como, alargamento, patrolamento e colocação de pedras.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/338/estrada_imbuial_e_cedro.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/338/estrada_imbuial_e_cedro.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 72/2021, realizada em Plenário, dia 08 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de restauração na estrada Principal, em toda sua extensão, na Comunidade de Imbuial, priorizando as secundárias que dão acesso às lavouras, bem como nas estradas, do Cedro, da Dúvida, e da Invernadinha._x000D_
 Justificou afirmando que devido às chuvas excessivas, especialmente as estradas no Interior do Município estão necessitando urgentemente de melhorias.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/339/estrada_indusplac.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/339/estrada_indusplac.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 34/2021, realizada em Plenário, dia 01 de Fevereiro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Executivo, para que analise por qual motivo está parada, a Obra de reestruturação da Estrada desde a Igreja Católica, até a ponte de divisa entre os Municípios de Antonio Olinto e São Mateus do Sul, na Comunidade de Lagoa da Cruz._x000D_
 Justificou afirmando que vem através desta, atender reivindicações de moradores, pois a Obra foi iniciada e não foi concluída.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/340/estrada_lavadeira_hm.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/340/estrada_lavadeira_hm.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 113/2021, realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de restauração na Rua Lavador, que se inicia desde a Br. 476 junto a Lavadeira HM, até próximo à Residência do Senhor Albino Kaczyk, no Distrito de Lagoa da Cruz._x000D_
 Justificou afirmando que referente à esta rua já foi solicitada em Instalação de Iluminação Pública, sendo ainda necessário melhorias como desobsutrução de bueiros, patrolamento e colocação de pedras.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/341/estrada_marta_macuco.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/341/estrada_marta_macuco.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 135/2021, realizada em Plenário, dia 19 de Abril de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de drenagem (Bueiro), na estrada em frente à residência da Sr. Marta Macuco, bem como restauração em toda extensão da estrada que se inicia desde a Br. 476 próxima Distrito de Lagoa da Cruz._x000D_
 Justificou afirmando que referente à esta rua existe a necessidade de melhorias como construção de bueiros, patrolamento e colocação de pedras, desde o endereço acima citado, até a propriedade do Sr. Odair Ferreira.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/342/estrada_sachinski.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/342/estrada_sachinski.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 325/2021, realizada em Plenário, dia 06 de Dezembro de 2021,  de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize melhorias na estrada da Torre da Estrada Velha, que passa em frente a propriedade dos Sachinski._x000D_
 Justificou sua indicação reforçando a Reivindicação do Vereador Eliseu, acatada em Sessões anteriores.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/343/estrada_serrinha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/343/estrada_serrinha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 06/2021, realizada em Plenário, dia 04 de Janeiro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES, o qual solicitou ao Setor de Obras, para solucionar um problema de alagamentos em dias chuvosos, que ocorrem na estrada Principal da Serrinha, próximo a residência da Sra. Ediane Augustinhak, na Comunidade de Lagoa da cruz._x000D_
 Justificou afirmando que por meio desta, vem atender a uma reivindicação através de um vídeo do mês de Dezembro de 2020, de moradores, e usuários da referida Via, que sofrem em decorrência dos transtornos nesse local.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/344/estrada_tigrao.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/344/estrada_tigrao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 325/2021, realizada em Plenário, dia 06 de Dezembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor de Obras realize serviços de Empedramento, na estrada que dá acesso às propriedade da Sra. Leni de Lima, e do “Tigrão”. No distrito de Lagoa da Cruz._x000D_
 Justificou sua indicação afirmando que contatou no local, que a referida estrada está necessitando de tais melhorias.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/345/face_para_prefeitura.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/345/face_para_prefeitura.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 176/2021, realizada em Plenário, dia 24 de Maio de 2021,  de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, para que através do Setor Competente crie contas nas redes sociais como Face Book, e Instagram._x000D_
 Justificou destacando que a partir da utilização dos referidos meios de comunicação, facilitará o acesso da População, à assuntos pertinentes ao Poder Público.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/346/fonoaudiologa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/346/fonoaudiologa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 203/2021, realizada em Plenário, dia 28 de Junho de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, para que através do Setor Competente viabilize a contratação de um/a fonoaudiólogo/a para atendimento nas Escolas Municipais._x000D_
 Justificou informando que foi abordada essa questão em uma reunião sobre o Plano Municipal de Educação, onde participou representando o Poder legislativo, e foi manifestado interesse geral da contratação urgente desse Profissional, para atender o Público Estudantil.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/347/irrigacao_em_rua_j._mickalchuk.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/347/irrigacao_em_rua_j._mickalchuk.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 140/2021, realizada em Plenário, dia 26 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, para que através do Setor de Obras. Realize um trabalho de irrigação no canteiro de gramas na rua Pe. João Mickalchuck, Centro._x000D_
 Justificou relatando que vem atender reivindicação de um morador local, que realizou este trabalho particularmente para mantê-las, e através desta, vem solicitar apoio ao Poder Público.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/348/membeca.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/348/membeca.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 88/2021, realizada em Plenário, dia 15 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, viabilize a colocação de uma carga de pedras, na estrada próximo da residência do Sr. Zeca Woitick, na Comunidade de Membeca._x000D_
 Justificou afirmando que o trânsito está difícil no referido local, necessitando urgente de tal melhoria._x000D_
 Ressaltou que o solicitantes Sr. Jonas Woitick, assumiu que se as pedras forem colocadas, eles se responsabilizam por esparramar onde houver necessidade.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/349/onibus_faculdade.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/349/onibus_faculdade.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 321/2021, realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, informações referentes ao Ônibus de transportes dos Estudantes Universitários._x000D_
 Justificou que vem através desta Indicação, atender reivindicações de Munícipes, em busca de informações, do porque está parado há algum tempo, e qual o planejamento futuro para o referido Veículo.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/350/notificar_cargos.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/350/notificar_cargos.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 231/2021, realizada em Plenário, dia 02 de Agosto de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor Competente relacione nominalmente no Portal da Transparência, a Lista dos Funcionários de Cargos Comissionados. _x000D_
 Justificou afirmando ser de interesse Público, a divulgação demonstrando transparência em todas as esferas do Funcionalismo Municipal, a exemplo desta Casa de leis, bem como de Municípios Vizinhos.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/351/osni_cabrine.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/351/osni_cabrine.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 105/2021realizada em Plenário, dia 29 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de restauração nos trechos entre as propriedades dos Senhores Osni Cabrine e do Bile, e entre as propriedades dos Senhores Dilo Maurer, e do Amadeus. Na comunidade de Água vermelha._x000D_
 Justificou afirmando que devido às chuvas excessivas, especialmente as estradas no Interior do Município estão necessitando urgentemente de melhorias.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/352/parada_asfalto.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/352/parada_asfalto.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 325/2021, realizada em Plenário, dia 29 de Novembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, informações referente às Obras de pavimentação asfáltica, no Distrito de Lagoa da Cruz._x000D_
 Justificou sua indicação visando repassar formalmente todas as informações para a População, por qual motivo os trabalhos estão parados, e nem as máquinas estão mais no trecho.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/353/poco_artesiano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/353/poco_artesiano.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 94/2021, realizada em Plenário, dia 22 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, informações sobre o Poço artesiano, da Comunidade de Imbuial._x000D_
 Justificou afirmando que o mato está crescendo no local, a obra está parada, e a População sentindo com a falta de água, principalmente em época de estiagem.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/354/ponte_a._azulzinha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/354/ponte_a._azulzinha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 263/2021, realizada em Plenário, dia 13 de Setembro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor de Obras possa estar realizando uma reestruturação na ponte de divisa em a comunidade do Imbuial, e Água Azulzinha._x000D_
 Justificou afirmando é necessário uma vistoria do responsável, para certificar-se do estado da ponte, para saber o que precisa fazer.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/355/ponte_bugrinho.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/355/ponte_bugrinho.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 179/2021, realizada em Plenário, dia 31 de Maio de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, para que através do Setor de Obras executar com extrema urgência uma reestruturação na ponte que liga a comunidade de Lagoa da Cruz, ao município de São Mateus do Sul, próxima à residência da Sra. Eliane Katika._x000D_
 Justificou estar reforçando uma Indicação de sua autoria aprovada em sessão no dia 08 de Fevereiro nesta casa de Leis._x000D_
 Sugeriu que seja oficiado o Município acima mencionado, em busca de parceria para ser feito um trabalho com excelência, visando maior segurança aos usuários.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/356/poste_copel.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/356/poste_copel.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 178/2021, realizada em Plenário, dia 31 de Maio de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, para que através do Setor Competente oficie a COPEL, pedindo autorização para reutilizar os postes que são substituídos, e estão em desuso. _x000D_
 Justificou afirmando que existem postes quebrados, outros inteiros e que não servem mais para a Estatal, enquanto para o Município será de grande valia como vigamento de Pontes.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/357/pr_433.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/357/pr_433.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº230/2021, realizada em Plenário, dia 02 de Agosto de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo Municipal, Oficie o DER, objetivando responsabilizá-lo quanto às devidas manutenções nas Estrada principal da Comunidade do Imbuial, que abrangem a Pr. 433._x000D_
 Justificou afirmando que referida Pr. se inicia no entroncamento com a Pr. 427, na comunidade de Vista Alegre até a Br. 476, na comunidade de Água Amarela de Baixo._x000D_
 Destaca-se que uma extensão de 10 quilômetros da referida Pr. Estende-se no Município de Antonio Olinto, e deve ser mantida pelo Governo do Estado.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/358/ricardo_as._comercial.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/358/ricardo_as._comercial.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 16/2021, realizada em Plenário, dia 11 de Janeiro de 2021, de autoria do Sr. Vereador RICARDO WISNIESKI ALVES. O qual solicitou ao Poder Executivo, a Cedência de uma sala para a instalação da Associação Comercial._x000D_
 Justificou comprometendo-se em acompanhar os representantes do Setor Competente para conversar com o pessoal, que necessita dessa contrapartida do Município para que seja montada uma base da Associação Comercial.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/359/ricardo_estrada_imbuial.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/359/ricardo_estrada_imbuial.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 28/2021, realizada em Plenário, dia 18 de Janeiro de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de restauração na estrada Principal, em toda sua extensão, na Comunidade de Imbuial._x000D_
 Justificou afirmando que devido às chuvas, os pedregulhos são facilmente levados pela água, o que sugere que sejam substituídos por outro tipo de empedramento._x000D_
 Ressaltou que a referida Via necessita de reparos em vários pontos, havendo a necessidade de tais melhorias, para proporcionar maior segurança aos usuários.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/360/substituicao_por_luz_led.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/360/substituicao_por_luz_led.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 73/2021, realizada em Plenário, dia 08 de Março de 2021, de autoria do Sr. Vereador RICARDO ALVES WISNIESKI. O qual solicitou ao Poder Executivo, através do Setor competente estude a possibilidade de substituir as Lâmpadas da rede de Iluminação Pública, por Lâmpadas de Led. _x000D_
 Justificou sugerindo para que seja viabilizado através do Programa Estadual, Ilumina Paraná, que possibilita financiamento para custear esse tipo de Projeto. _x000D_
 Ressaltou que apesar do custo da aquisição das novas Lâmpadas, ela se torna viável devido a economia de consumo.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/361/abastecedores_de_agua.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/361/abastecedores_de_agua.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 276/2021, realizada em Plenário, dia 20 de setembro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Secretário Municipal a possibilidade de instalação de Abastecedores de Agua nas Comunidades em benefício aos produtores rurais._x000D_
 Justificou seu interesse devido a dificuldade que os produtores tem em manter reservatórios de agua para as culturas em período de estiagem.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/362/calcario.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/362/calcario.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 202/2021, realizada em Plenário, dia 28 de Junho de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Secretário Municipal da Agricultura envie à esta Casa de Leis, um relatório sobre andamento do Projeto de distribuição de calcário aos Agricultores do Município._x000D_
 Justificou seu interesse na função de Legislador, a fim de tornar Público a relação Nominal dos já beneficiados pelo Programa, e qual a programação para o fornecimento, e qual a expectativa para que o maior número de pessoas sejam contemplados.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/363/cerca_posto_train.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/363/cerca_posto_train.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 142/2021 realizada em Plenário, 09 de Agosto de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, estude a possibilidade de construir um cercado em volta do Posto de Saúde, no Distrito do Posto Train, Água Amarela de Baixo._x000D_
 Justificou afirmando vem por meio desta, reivindicar algo de extrema importância, visando garantir maior segurança ao Patrimônio Público, que inclusive já foi alvo da ação de vândalos.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/364/cx_de_agua_faxinal.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/364/cx_de_agua_faxinal.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 319/2021 realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através da Secretaria de Agricultura viabilize com urgência a distribuição das caixas de Água para os faxinalenses da comunidade de Água Amarela de Cima._x000D_
 Justificou afirmando que a água já está ligada, inclusive apresentando vários problemas devido má instalação, sugerindo que sejam feitos reparos nas redes, para evitar desperdícios de água.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/365/enfermeiras.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/365/enfermeiras.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 319/2021, realizada em Plenário, dia 06 de Dezembro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo uma cobrança da Secretaria de Saúde Municipal._x000D_
 Justificou afirmando e necessidade de que sua Indicação seja atendida, para que nos dias de mutirão de vacinação contra o COVID-19, que está sendo realizada no PA da Sede do Município, seja disponibilizado um número maior de técnico de enfermagem, para agilizar o trabalho, e consequentemente diminuir o tempo de espera de cada Paciente.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/366/estrada_bicudos.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/366/estrada_bicudos.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 196/2021, realizada em Plenário, dia 14 de Junho de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Setor de Obras realize melhorias (patrolamento e empedramento), especialmente em 3 pontos, nas estradas do Distrito do Posto Train, na comunidade de Água Amarela de Baixo._x000D_
 Justificou indicando a Estrada conhecida como “estrada dos Bicudos”, “estrada do Bacatela”, e o trecho até a propriedade do Sr. Pampeano, trecho este que tem um mata-burro, onde está difícil trafegar._x000D_
 Ressaltou que na referida Comunidade existe um estoque de pedras, o que facilitaria com que o Setor de Obras resolva rapidamente tais problemas.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/367/estrada_dito_coelho.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/367/estrada_dito_coelho.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 174/2021, realizada em Plenário, dia 24 de Maio de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Setor competente, viabilize melhorias nas estrada conhecida como estrada do Sr. Benedito Januário “Dito coelho”, na comunidade de Água Amarela de Baixo._x000D_
 Justificou afirmando que é necessário empedramento e patrolamento no trecho que se inicia na propriedade do Sr. Juca fallat, até a propriedade da Sra. Rosa Bueno, priorizando a restauração de um Bueiro em frente à casa do Sr. Sergio Drubinieski, onde está intransitável.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/368/estrada_dos_colacos.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/368/estrada_dos_colacos.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 253/2021, realizada em Plenário, dia 23 de Agosto de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras realize um trabalho de reestruturação na estrada conhecida como “estrada dos Colaços”, que se inicia na principal, próxima à lanchonete do Japa, até a residência do Sr. Val Miktiv, retornando até a propriedade do Sr. Arnaldo Fonseca, na comunidade de Água Amarela de Cima.  _x000D_
 Justificou estar fazendo essa Indicação, em atendimento à reivindicações de moradores solicitando tais melhorias que a referida via necessita.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/369/estrada_floriano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/369/estrada_floriano.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 189/2021, realizada em Plenário, dia 07 de Junho de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Setor de Obras, viabilize a Reestruturação da conhecida “Ponte do Pororoca”, na comunidade de Água Amarela de Baixo._x000D_
 Justificou afirmando que já fez Indicação reivindicando melhorias nesse trecho conhecido como “estrada do Floriano”, ressaltando que a questão da Ponte é de extrema URGÊNCIA, pela necessidade da População como via de acesso às Lavouras.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/370/estrada_floriano.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/370/estrada_floriano.docx</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/371/estrada_torre.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/371/estrada_torre.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 244/2021, realizada em Plenário, dia 16 de Agosto de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras realize um trabalho de reestruturação na estrada principal, que liga a Pr. 281 na comunidade do Cerro Lindo, até a divisa com o Município de São Mateus do Sul._x000D_
 Justificou estar refazendo essa Indicação, já feita pelo Vereador José Joarez, e acatada pela Presidência._x000D_
 Ressaltou ainda que, sobre a importância urgente de um trabalho de reestruturação que a referida via necessita, pois em alguns pontos está intransitável.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/372/exames.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/372/exames.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 26/2021, realizada em Plenário, dia 18 de Janeiro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, para que haja uma cobrança da Secretaria Municipal da Saúde, para que seja estipulado um prazo, para marcação dos exames para os Pacientes._x000D_
 Justificou afirmando que em certos caso, pacientes aguardam até 1 (um) ano, para fazer um exame, o que certamente agravará o problema devido à espera, pois quanto antes diagnosticado, mais fácil será o tratamento._x000D_
 Sugeriu que fosse estabelecido um prazo de 60 (sessenta) dias no máximo para que seja marcado qualquer tipo de exames.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/373/farmacias.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/373/farmacias.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 03/2021, realizada em Plenário, dia 04 de Janeiro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA, o qual solicitou ao Setor competente, para que seja estudada a possibilidade do funcionamento da Farmácia do posto de saúde da Sede do Município em tempo integral (durante à noite). Bem como tentar acordo com os proprietários das farmácias particulares, para que seja estendido o horário de atendimento aos clientes._x000D_
 Justificou afirmando que as pessoas que necessitam de atendimento no horário do plantão, são obrigados a voltar pra suas casas, e retornar somente no outro dia buscar os medicamentos no posto ou comprar nas farmácias, devido à falta desse serviço de extrema necessidade.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/374/iluminacao_posto_train.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/374/iluminacao_posto_train.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 161/2021, realizada em Plenário, dia 10 de Maio de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Setor competente, viabilize melhorias na rede de iluminação Pública, na rua conhecida como Rua do Mercado no Distrito do Posto Train, Água Amarela de Baixo._x000D_
 Justificou afirmando vem por meio desta, atender reivindicações de moradores, informando que algumas lâmpadas estão queimadas, e precisam ser substituídas.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/375/laurinho_neco.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/375/laurinho_neco.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 261/2021, realizada em Plenário, dia 13 de Setembro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo Municipal, para que através do Setor de Obras realize um trabalho de reestruturação na estrada conhecida como “estrada do Laurinho do Neco”, na comunidade de Água Amarela do Meio._x000D_
 Justificou essa Indicação, afirmando que na referida estrada já foi iniciado um trabalho de reestruturação, inclusive com a substituição de um bueiro, sendo necessária a conclusão do trabalho.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/376/lavacar_rafael.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/376/lavacar_rafael.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 119/2021, realizada em Plenário, dia 05 de Abril de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo para que através do Setor de Obras realize melhorias na rua próxima à Pr. 281, em frente o Lavacar do Rafael. Centro._x000D_
 Justificou ter recebido mensagem via Watsapp, inclusive com fotos relatando o estado precário em que a referida rua se encontra._x000D_
 Salientou ainda que durante período de estiagem seria de extrema necessidade que o trator pipa realize aplicação de água para diminuir a poeira, como é feito em algumas ruas da Cidade.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/377/ligacao_de_agua_tuia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/377/ligacao_de_agua_tuia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 93/2021, realizada em Plenário, dia 22 de Março de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através do Setor de Obras viabilize com medida de Emergência a ligação da Rede de Água do poço artesiano da comunidade de Água Amarela de Cima._x000D_
 Justificou afirmando que a perfuração do poço já está concluída, a Caixa já está instalada, os canos já foram adquiridos, e a População está aguardando há algum tempo e passando necessidade.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/378/lixeiras.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/378/lixeiras.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 289/2021, realizada em Plenário, dia 27 de setembro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, através da Secretaria Municipal de obras a instale lixeiras ao longo do percurso que são recolhidos os resíduos (lixo)._x000D_
 Justificou seu interesse devido a solicitação de moradores que reclamam que não tem um local apropriado para depositarem os resíduos até o momento do recolhimento, causando acumulo em frente as propriedades.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/379/reposicao_infracionaria.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/379/reposicao_infracionaria.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 292/2021, realizada em Plenário, dia 04 de Outubro de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Poder Executivo, estude a possibilidade de repassar a reposição Inflacionária, aos Funcionários Públicos Municipais._x000D_
 Destaca-se em sua justificativa, a reivindicação por parte de Funcionários, movidos pela indignação quanto aos Salários defasados, fator que têm levado muito a pedir exoneração do cargo.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/380/servico_caminhao_pipa.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/380/servico_caminhao_pipa.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 155/2021, realizada em Plenário, dia 03 de Maio de 2021, de autoria do Sr. Vereador ELISEU SCHIMIDT DE OLIVEIRA. O qual solicitou ao Executivo, viabilize como medida de Urgência o fornecimento de água potável, com o uso do Caminhão pipa à População da comunidade de Água Amarela de Cima._x000D_
 Justificou afirmando que seria de extrema necessidade esse serviço, como medida emergencial, devido à escassez decorrente da época de estiagem, amenizando a necessidade da População.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/381/a._vermelha_e_butia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/381/a._vermelha_e_butia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 232/2021, realizada em Plenário, dia 02 de Agosto de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize um trabalho de recuperação nas estradas Principais, das comunidade do Butiá, Água Vermelha, e Butiá dos Soares._x000D_
 Justificou afirmando que as estradas das referidas comunidades estão em péssimo estado, necessitando urgentemente de tais melhorias, garantindo melhor comodidade e segurança aos usuários.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/382/agua_vermelha.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/382/agua_vermelha.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 106/2021, realizada em Plenário, dia 29 de Março de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, através do Setor de Obras, para que seja feito um trabalho de melhorias e restauração em todas as estradas Principais e as de Lavouras, na comunidade de Água vermelha._x000D_
 Justificou afirmando que na Estrada do Bile foi feito manutenção somente há uns 06 (seis) anos atrás. Portanto necessita urgentemente de melhorias.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/383/bueiro_escola.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/383/bueiro_escola.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 233/2021, realizada em Plenário, dia 02 de Agosto de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor de Obras, viabilize a reconstrução do Bueiro que dá acesso à Escola, da comunidade do Butiá._x000D_
 Justificou afirmando que em visita ao referido Estabelecimento de Ensino, constatou ruptura na estrutura da cabeceira do Bueiro, pondo em risco o tráfego dos usuários, inclusive de veículos de transporte Escolar, tendo em vista o breve retorno das aulas presenciais.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/384/bueiro_himoski.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/384/bueiro_himoski.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 29/2021, realizada em Plenário, dia 25 de Janeiro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, priorize o mais breve possível, solucionar o problema no Bueirão, próximo ao comércio do Sr. Darci Heimoski, na Estrada Principal em direção à Rio Negro, na comunidade do Butiá._x000D_
 Justificou afirmando que o referido bueiro, o qual já encontrava-se em condições precárias, agravou-se com a queda de uma das Cabeceiras, tornando inseguro o tráfego de Veículos.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/385/camera_postos_de_saude.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/385/camera_postos_de_saude.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 192/2021, realizada em Plenário, dia 07 de Junho de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor Competente, viabilize a Instalação de Câmeras de Segurança nos Postos de Saúde do interior do Município._x000D_
 Justificou sua Indicação para que sejam priorizados os Postos de Saúde à exemplo do que foi feito com os Estabelecimentos de ensinos, objetivando erradicar a ação de vândalos, como o que ocorreu alguns dias atrás.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/386/canos_de_agua.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/386/canos_de_agua.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 204/2021, realizada em Plenário, dia 28 de Junho de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor de Obras viabilize a substituição dos encanamentos da rede de água do Poço artesiano acoplado à bomba na comunidade do Butiá. _x000D_
 Justificou a importância de sua Indicação, afirmando que a referida rede é de metal e devido ao desgaste natural pelo tempo, está enferrujada comprometendo a qualidade da água, sendo necessária a urgente substituição por tubos de PVC, para evitar a distribuição de água suja para a População.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/387/carro_de_som_refeita.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/387/carro_de_som_refeita.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 180/2021, realizada em Plenário, dia 31 de Maio de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor Competente, viabilize a contratação de um Carro de Som, para divulgação das Ações do Município no enfrentamento ao COVID-19, bem como demais trabalhos tanto do Poderes Executivo, como do Legislativo._x000D_
 Justificou afirmando quanto a importância da divulgação das ações tomadas, bem como sobre medidas de prevenção e orientação à População da Cidade, e das Comunidades do Interior do Município, objetivando reduzir o risco de contaminação pelo Corona Vírus.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/388/carro_de_som.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/388/carro_de_som.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 107/2021, realizada em Plenário, dia 29 de Março de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor Competente, viabilize a contratação de um Carro de Som, para divulgação das Ações do Município no enfrentamento ao COVID-19._x000D_
 Justificou afirmando quanto a importância da divulgação das ações tomadas, bem como sobre medidas de prevenção e orientação à População da Cidade, e das Comunidades do Interior do Município, objetivando reduzir o risco de contaminação pelo Corona Vírus.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/389/estradas_butia_dos_soares.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/389/estradas_butia_dos_soares.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 164/2021, realizada em Plenário, dia 17 de Maio de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize um trabalho de empedramento na estrada Principal da comunidade do Butiá, até a comunidade do Butiá dos Soares._x000D_
 Justificou que as estradas foram danificadas devido às chuvas dos últimos dias, necessitando urgentemente de tais melhorias para evitar a formação de pontos de encalhamento, e assim garantir melhor comodidade e segurança aos usuários.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/390/estradas_secundarias_e_principais_do_butia.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/390/estradas_secundarias_e_principais_do_butia.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 74/2021, realizada em Plenário, dia 08 de Março de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize melhorias (empedramento, e patrolamento), nas estradas Principais, e Secundárias na comunidade do Butiá._x000D_
 Justificou que as estradas foram danificadas devido às fortes chuvas dos últimos tempos, precisando de tais melhorias para garantir melhor comodidade e segurança aos usuários.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/391/estradas_secundarias_e_principais_do_mato_preto.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/391/estradas_secundarias_e_principais_do_mato_preto.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 134/2021, realizada em Plenário, dia 19 de Abril de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize um trabalho de reestruturação (empedramento, patrolamento e desobstrução de bueiros), na estrada principal da comunidade do Mato Preto, bem como na subida que liga a referida comunidade ao Avencal._x000D_
 Justificou afirmando que vem através desta, atender reivindicações de usuários solicitando tais melhorias para garantir melhor comodidade e segurança à toda População.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/392/fontana.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/392/fontana.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 46/2021, realizada em Plenário, dia 08 de Fevereiro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, disponibilize uma carga de pedras, e demais melhorias na estrada que dá acesso à residência do Sr. Antonio Fontana, na comunidade do Butiá._x000D_
 Justificou estar atendendo pedido da Sra. Camila Colaço Fontana, que comunicou-o que referida estrada, passou por uma reestruturação no ano anterior, mas devido às fortes chuvas, necessita novamente de melhorias, pois automóveis e máquinas estão tendo dificuldade para trafegar.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/393/leomar_czlusniaki.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/393/leomar_czlusniaki.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 307/2021, realizada em Plenário, dia 25 de Outubro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Poder Executivo, para que através do Setor de Obras leve uma carga de pedras, para que seja reestruturada a entrada da propriedade do Sr. Eliomar Czlusniaki, na comunidade do Lavador. _x000D_
 Justificou afirmando a necessidade de melhorias, especialmente em dias chuvosos, a entrada e saída se torna difícil, impossibilitando o escoamento de suas safras.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/394/mato_preto._lavador.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/394/mato_preto._lavador.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 246/2021, realizada em Plenário, dia 16 de Agosto de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize um trabalho de recuperação na estrada que liga as comunidades do Mato Preto ao Avencal._x000D_
 Justificou afirmando que a estrada acima citada, bem como de toda a extensão das estradas principais e secundárias, da comunidade do Avencal, estão em péssimo estado, necessitando urgentemente de tais melhorias, garantindo melhor comodidade e segurança aos usuários.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/395/pediatra_no_interior.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/395/pediatra_no_interior.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 323/2021, realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através da Secretaria Municipal de Saúde, viabilize atendimentos Médico Pediátrico, nos Postos de Saúde de todas as comunidades do Interior do Município.  _x000D_
 Justificou afirmando sobre a necessidade de evolução em todas as Áreas, em especial da Saúde, sendo uma necessidade primordial, cabe ao Poder Público implantar Políticas que visem melhorar o atendimento à População.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/396/pedras_prox._posto_de_saude.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/396/pedras_prox._posto_de_saude.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 322/2021, realizada em Plenário, dia 22 de Novembro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, realize um trabalho de empedramento nas duas estradas que dão acesso ao Posto de Saúde, ao lado da Igreja Católica, da comunidade do Butiá, _x000D_
 Justificou afirmando que o Setor de Obras realizou trabalho de patrolamento, mas não colocou pedras, sendo assim, em dias chuvosos fica difícil o trânsito nas referidas estradas.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/397/pedras.docx</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/397/pedras.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO VERBAL nº 35/2021, realizada em Plenário, dia 01 de Fevereiro de 2021, de autoria do Sr. Vereador WILSON NAPOLEÃO GUENZE. O qual solicitou ao Executivo, para que através do Setor de Obras, disponibilize uma carga de pedras, na estrada Principal, próximo a residência do Binho, na comunidade do Butiá._x000D_
 Justificou estar atendendo pedido de um Ex-Vereador, Sr. Pedro Laudevino Delponte, que comunicou-o que no referido local, os automóveis estão tendo dificuldade para trafegar.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/938/pl_191-2021.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/938/pl_191-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o chefe do Poder Executivo Municipal a implantar o Programa denominado “Programa de Apoio Rural – PAR” e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2586,68 +2586,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/960/pl_01-2021_29112024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/522/tuia_calcario.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/523/marinaldo_p._saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/524/marinaldo_aguas.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/525/wilson_artesianolavador.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/527/wilson_raio_x.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/528/serv._publicos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/529/marinaldo_calcario.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/530/terreno_cemiterio.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/531/wilson_raio_x.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/532/zalo._calcamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/533/estradas_geral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/534/natalio_espigao.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/536/pontos_de_rede_de_agua.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/542/estrada_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/543/estrada_p_pedras_s._joao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/544/bueiro_s._joao.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/545/estrada_jaco_durau.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/546/quadra_p_train.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/547/carros_postos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/548/a._a._estrada.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/549/radar_p._train.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/245/01.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/246/02.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/247/03.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/248/04.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/249/05.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/250/06.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/251/07.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/252/08.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/253/09.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/254/placas_indicativas.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/255/exames.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/256/bueiros.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/257/ricardo_estrada_imbuial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/258/bueiro_himoski.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/259/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/260/distrito_lagoa.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/261/comunicacao_aos_vereadores.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/262/candido_de_abreu.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/264/bruno_kurpiel_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/265/banheiro_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/266/audiancia_publica.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/267/agua_na_sede.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/268/3_pocos-cerrro_lindo.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/269/rua_entrada_cidade.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/270/ponte_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/271/ponte_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/272/avencal_agua_amarela.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/273/estrada_vila_rural.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/274/familia_kotoviski.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/275/lombada_butia.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/276/mato_preto-lavador.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/277/placas_em_lombadas.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/279/ponte_lavador.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/280/transporte_de_alunos_do_agricola.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/281/2_bueiros.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/283/calcada_ps_butia.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/284/camaras_seguranca.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/285/caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/286/estrada_cezar._centro.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/287/estrada_eleoterio_bay.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/288/estrrada_cerro_lindo.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/289/fazenda_pilao.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/290/iluminacao_leck.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/291/lixo_reciclavel.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/292/lombadas_butia.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/293/melhorias_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/294/melhorias_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/295/p.onibus_lagoa.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/296/placas_indicativas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/297/podas_de_arvores.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/298/ponte_invernadinha.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/300/ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/303/uniformes.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/310/agua_agua_amarela_do_meio.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/311/estrada_sachinski.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/312/estradas_agua_amarelas_ii.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/313/estradas_prioridades.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/314/lavouras_a.a_do_meio.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/315/ligacao_de_agua.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/316/lombada_elida.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/317/patrolamento_das_estradas.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/318/candido_de_abreu_godoi.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/319/estrada_da_campina.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/320/estrada_dito_coelho.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/322/estrada_stos_andrade.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/323/estrada_velha.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/324/iluminacao_cooperativa.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/325/iluminacao.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/326/linhas_munhoz_e_sao_joao.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/327/lobada_rua_centro.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/328/lombadas_lagoa_da_cruz.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/329/vila_rural_joaquim_dombek.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/330/abastecedouro_movax.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/331/academia_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/332/aquisicao_de_terreno.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/333/bueiro_antonio_amaral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/334/bueiros.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/335/campo_society.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/336/cronograma_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/337/estrada_antena_ate_arroio_da_cruz.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/338/estrada_imbuial_e_cedro.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/339/estrada_indusplac.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/340/estrada_lavadeira_hm.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/341/estrada_marta_macuco.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/342/estrada_sachinski.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/343/estrada_serrinha.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/344/estrada_tigrao.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/345/face_para_prefeitura.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/346/fonoaudiologa.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/347/irrigacao_em_rua_j._mickalchuk.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/348/membeca.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/349/onibus_faculdade.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/350/notificar_cargos.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/351/osni_cabrine.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/352/parada_asfalto.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/353/poco_artesiano.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/354/ponte_a._azulzinha.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/355/ponte_bugrinho.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/356/poste_copel.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/357/pr_433.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/358/ricardo_as._comercial.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/359/ricardo_estrada_imbuial.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/360/substituicao_por_luz_led.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/361/abastecedores_de_agua.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/362/calcario.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/363/cerca_posto_train.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/364/cx_de_agua_faxinal.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/365/enfermeiras.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/366/estrada_bicudos.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/367/estrada_dito_coelho.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/368/estrada_dos_colacos.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/369/estrada_floriano.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/370/estrada_floriano.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/371/estrada_torre.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/372/exames.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/373/farmacias.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/374/iluminacao_posto_train.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/375/laurinho_neco.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/376/lavacar_rafael.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/377/ligacao_de_agua_tuia.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/378/lixeiras.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/379/reposicao_infracionaria.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/380/servico_caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/381/a._vermelha_e_butia.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/382/agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/383/bueiro_escola.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/384/bueiro_himoski.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/385/camera_postos_de_saude.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/386/canos_de_agua.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/387/carro_de_som_refeita.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/388/carro_de_som.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/389/estradas_butia_dos_soares.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/390/estradas_secundarias_e_principais_do_butia.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/391/estradas_secundarias_e_principais_do_mato_preto.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/392/fontana.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/393/leomar_czlusniaki.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/394/mato_preto._lavador.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/395/pediatra_no_interior.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/396/pedras_prox._posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/397/pedras.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/938/pl_191-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/960/pl_01-2021_29112024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/522/tuia_calcario.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/523/marinaldo_p._saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/524/marinaldo_aguas.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/525/wilson_artesianolavador.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/527/wilson_raio_x.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/528/serv._publicos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/529/marinaldo_calcario.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/530/terreno_cemiterio.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/531/wilson_raio_x.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/532/zalo._calcamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/533/estradas_geral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/534/natalio_espigao.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/536/pontos_de_rede_de_agua.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/542/estrada_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/543/estrada_p_pedras_s._joao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/544/bueiro_s._joao.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/545/estrada_jaco_durau.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/546/quadra_p_train.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/547/carros_postos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/548/a._a._estrada.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/549/radar_p._train.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/245/01.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/246/02.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/247/03.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/248/04.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/249/05.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/250/06.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/251/07.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/252/08.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/253/09.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/254/placas_indicativas.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/255/exames.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/256/bueiros.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/257/ricardo_estrada_imbuial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/258/bueiro_himoski.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/259/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/260/distrito_lagoa.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/261/comunicacao_aos_vereadores.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/262/candido_de_abreu.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/264/bruno_kurpiel_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/265/banheiro_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/266/audiancia_publica.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/267/agua_na_sede.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/268/3_pocos-cerrro_lindo.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/269/rua_entrada_cidade.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/270/ponte_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/271/ponte_agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/272/avencal_agua_amarela.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/273/estrada_vila_rural.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/274/familia_kotoviski.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/275/lombada_butia.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/276/mato_preto-lavador.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/277/placas_em_lombadas.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/279/ponte_lavador.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/280/transporte_de_alunos_do_agricola.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/281/2_bueiros.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/283/calcada_ps_butia.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/284/camaras_seguranca.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/285/caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/286/estrada_cezar._centro.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/287/estrada_eleoterio_bay.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/288/estrrada_cerro_lindo.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/289/fazenda_pilao.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/290/iluminacao_leck.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/291/lixo_reciclavel.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/292/lombadas_butia.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/293/melhorias_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/294/melhorias_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/295/p.onibus_lagoa.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/296/placas_indicativas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/297/podas_de_arvores.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/298/ponte_invernadinha.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/300/ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/303/uniformes.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/310/agua_agua_amarela_do_meio.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/311/estrada_sachinski.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/312/estradas_agua_amarelas_ii.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/313/estradas_prioridades.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/314/lavouras_a.a_do_meio.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/315/ligacao_de_agua.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/316/lombada_elida.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/317/patrolamento_das_estradas.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/318/candido_de_abreu_godoi.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/319/estrada_da_campina.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/320/estrada_dito_coelho.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/322/estrada_stos_andrade.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/323/estrada_velha.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/324/iluminacao_cooperativa.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/325/iluminacao.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/326/linhas_munhoz_e_sao_joao.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/327/lobada_rua_centro.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/328/lombadas_lagoa_da_cruz.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/329/vila_rural_joaquim_dombek.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/330/abastecedouro_movax.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/331/academia_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/332/aquisicao_de_terreno.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/333/bueiro_antonio_amaral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/334/bueiros.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/335/campo_society.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/336/cronograma_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/337/estrada_antena_ate_arroio_da_cruz.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/338/estrada_imbuial_e_cedro.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/339/estrada_indusplac.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/340/estrada_lavadeira_hm.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/341/estrada_marta_macuco.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/342/estrada_sachinski.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/343/estrada_serrinha.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/344/estrada_tigrao.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/345/face_para_prefeitura.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/346/fonoaudiologa.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/347/irrigacao_em_rua_j._mickalchuk.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/348/membeca.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/349/onibus_faculdade.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/350/notificar_cargos.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/351/osni_cabrine.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/352/parada_asfalto.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/353/poco_artesiano.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/354/ponte_a._azulzinha.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/355/ponte_bugrinho.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/356/poste_copel.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/357/pr_433.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/358/ricardo_as._comercial.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/359/ricardo_estrada_imbuial.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/360/substituicao_por_luz_led.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/361/abastecedores_de_agua.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/362/calcario.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/363/cerca_posto_train.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/364/cx_de_agua_faxinal.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/365/enfermeiras.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/366/estrada_bicudos.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/367/estrada_dito_coelho.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/368/estrada_dos_colacos.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/369/estrada_floriano.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/370/estrada_floriano.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/371/estrada_torre.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/372/exames.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/373/farmacias.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/374/iluminacao_posto_train.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/375/laurinho_neco.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/376/lavacar_rafael.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/377/ligacao_de_agua_tuia.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/378/lixeiras.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/379/reposicao_infracionaria.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/380/servico_caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/381/a._vermelha_e_butia.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/382/agua_vermelha.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/383/bueiro_escola.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/384/bueiro_himoski.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/385/camera_postos_de_saude.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/386/canos_de_agua.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/387/carro_de_som_refeita.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/388/carro_de_som.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/389/estradas_butia_dos_soares.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/390/estradas_secundarias_e_principais_do_butia.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/391/estradas_secundarias_e_principais_do_mato_preto.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/392/fontana.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/393/leomar_czlusniaki.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/394/mato_preto._lavador.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/395/pediatra_no_interior.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/396/pedras_prox._posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/397/pedras.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2021/938/pl_191-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>