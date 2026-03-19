--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -51,323 +51,323 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/869/pl_01-2020_08042024.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/869/pl_01-2020_08042024.pdf</t>
   </si>
   <si>
     <t>Fixa Subsídios do Prefeito, Vice-Prefeito, Secretários Municipais, Vereadores e Presidente da Câmara para a Legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre correção inflacionária dos vencimentos, remunerações e subsídios dos servidores e agentes  políticos da Câmara Municipal de Antonio Olinto.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Wilson Napoleão Guenze</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_01_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_01_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 01/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, providencie a construção de 02 (duas) salas de aula na Escola Municipal Marechal Cândido Rondon na Comunidade do Butiá._x000D_
 Antônio Olinto, 17 de fevereiro de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>Gilciano Moreira</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/2/indicacao_02_-_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/2/indicacao_02_-_gilciano.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 02/2020_x000D_
 	GILCIANO MOREIRA, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, busque apoio junto aos Órgãos responsáveis pelo sistema de telefonia, visando a melhoria na qualidade da cobertura de sinal dos aparelhos celulares na Comunidade de Lagoa da Cruz e regiões vizinhas com urgência._x000D_
 Antônio Olinto, 09 de março de 2020._x000D_
 _x000D_
                                                                                                                                                                                              GILCIANO MOREIRA_x000D_
                                                                                                                                                                                                      Vereador</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João Issacard Borba</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/4/indicacao_03_-_joao.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/4/indicacao_03_-_joao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 03/2020_x000D_
 _x000D_
 	JOÃO ISSACARD BORBA, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, tome providencias cabíveis para a construção de uma unidade hospitalar no Município de Antonio Olinto._x000D_
 Antônio Olinto, 09 de março de 2020._x000D_
 _x000D_
 _x000D_
 JOÃO ISSACARD BORBA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Tânia Mara Machiavelli</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/7/indicacao_04_-_tania.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/7/indicacao_04_-_tania.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 04/2020_x000D_
 _x000D_
 	TANIA MARA MACHIAVELLI, Vereadora com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, tome providências cabíveis para que seja implantado o regime de plantão nas farmácias particulares instaladas no Município de Antonio Olinto._x000D_
 _x000D_
 Antônio Olinto, 16 de março de 2020._x000D_
 _x000D_
 _x000D_
 TANIA MARA MACHIAVELLI_x000D_
 Vereadora</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/8/indicacao_05_-_tania.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/8/indicacao_05_-_tania.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 05/2020_x000D_
 _x000D_
 	TANIA MARA MACHIAVELLI, Vereadora com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente efetue reparos na rua atrás da Cooperativa Mista Bom Jesus._x000D_
 Antônio Olinto, 16 de março de 2020._x000D_
 _x000D_
 _x000D_
 TANIA MARA MACHIAVELLI_x000D_
 Vereadora</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/3/indicacao_06_-_gilciano.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/3/indicacao_06_-_gilciano.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 06/2020_x000D_
 	GILCIANO MOREIRA, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, estude a possibilidade de destinar uma bonificação salarial aos profissionais do setor da saúde que estão envolvidos no combate do coronavírus - COVID-19._x000D_
 Antônio Olinto, 06 de abril de 2020._x000D_
 _x000D_
                                                                                                                                                       GILCIANO MOREIRA_x000D_
                                                                                                                                                                Vereador</t>
   </si>
   <si>
     <t>José Cleomar Machiavelli</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/5/indicacao_07_-_zeca.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/5/indicacao_07_-_zeca.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 07/2020_x000D_
 	JOSE CLEOMAR MACHIAVELLI, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Prefeito Municipal, Vice Prefeito e vereadores destinem o valor de 30% de seus subsídios, no período de três meses para a Secretaria Municipal de Saúde com o objetivo de auxiliar no combate do coronavírus COVID-19._x000D_
 Antônio Olinto, 06 de abril de 2020._x000D_
 _x000D_
 JOSE CLEOMAR MACHIAVELLI_x000D_
                Vereador</t>
   </si>
   <si>
     <t>Jurandir Ferreira Alves</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/6/indicacao_08_-_jurandir.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/6/indicacao_08_-_jurandir.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 08/2020_x000D_
 	JURANDIR FERREIRA ALVES Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo Municipal através do setor competente, providencie a instalação de uma caixa D’água junto ao poço artesiano na Comunidade de Imbuial. _x000D_
 Antônio Olinto, 27 de abril de 2020._x000D_
 _x000D_
 _x000D_
 JURANDIR FERREIRA ALVES_x000D_
                              Vereador</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_09_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_09_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 09/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, providencie colocação de barreiras sanitárias nos principais acessos do Município, iniciando-se na entrada da PR-281 na Comunidade de Lagoa da Cruz principal acesso ao Município._x000D_
 Antônio Olinto, 11 maio de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_10_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_10_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 10/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor competente, providencie a construção de um manilhamento (bueirão) no lugar de uma ponte de madeira na localidade do Butiá._x000D_
 Antônio Olinto, 03 agosto de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/12/indicacao_11_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/12/indicacao_11_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 11/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo Municipal, através do setor competente, providencie a construção de um toldo na frente do Posto de Saúde, bem como nivelamento do terreno, na localidade do Butiá._x000D_
 Antônio Olinto, 17 agosto de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/13/indicacao_12_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/13/indicacao_12_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 12/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 _x000D_
 INDICAÇÃO:_x000D_
 Para que o Poder Executivo Municipal, através do setor competente, providencie com urgência a construção de um manilhamento em frente à Escola Municipal do Campo Marechal Cândido Rondon/e Colégio Estadual Cecilia Meireles, na localidade do Butiá._x000D_
 Antônio Olinto, 17 agosto de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/14/indicacao_13_-_wilson.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/14/indicacao_13_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 13/2020_x000D_
 _x000D_
 	WILSON NAPOLEAO GUENZE, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor de Obras, realize um trabalho de manutenção em todas as estradas Principais e Secundárias na Comunidade do Butiá._x000D_
 Antônio Olinto, 17 agosto de 2020._x000D_
 _x000D_
 WILSON NAPOLEAO GUENZE_x000D_
 Vereador</t>
   </si>
   <si>
     <t>Cezar Ronaldo Wolochen de Camargo</t>
   </si>
   <si>
-    <t>https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/1/indicacao_13_-_cezar.pdf</t>
+    <t>http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/1/indicacao_13_-_cezar.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 13/2020_x000D_
 _x000D_
 	CEZAR RONALDO WOLOCHEN DE CAMARGO, Vereador com assento nesta Casa Legislativa, no uso de suas prerrogativas que lhes são conferidas pelos artigos 22, 168, inciso “X” e 187 e seguintes do Regimento Interno, PROPÕE, uma vez ouvido o Colendo Plenário, a seguinte:_x000D_
 INDICAÇÃO:_x000D_
 	Para que o Poder Executivo, através do setor de Obras, providencie com urgência um trabalho de restauração na ponte que liga as comunidades do Lavador, e Mato Preto. _x000D_
 Antônio Olinto, 14 Setembro de 2020._x000D_
 _x000D_
 CEZAR RONALDO WOLOCHEN DE CAMARGO_x000D_
 Vereador</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>INDV</t>
   </si>
   <si>
     <t>Indicação Verbal</t>
   </si>
   <si>
     <t>Em Sessão Ordinária realizada dia 03 de Fevereiro de 2020, a Presidência desta Casa acatou INDICAÇÃO VERBAL realizada em Plenário, de autoria do Sr. Vereador JURANDIR FERREIRA ALVES, o qual solicitou ao Executivo:_x000D_
 Serviços de iluminação pública e extensão de rede de água tratada, na Rua Reinaldo Antonio Pelegrino._x000D_
 Justificou afirmando que há falta de iluminação pública em alguns pontos da rua, prejudicando o acesso de pedestres durante a noite e também a facilidade de possíveis assaltos. _x000D_
@@ -861,68 +861,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/869/pl_01-2020_08042024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_01_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/2/indicacao_02_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/4/indicacao_03_-_joao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/7/indicacao_04_-_tania.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/8/indicacao_05_-_tania.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/3/indicacao_06_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/5/indicacao_07_-_zeca.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/6/indicacao_08_-_jurandir.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_09_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_10_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/12/indicacao_11_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/13/indicacao_12_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/14/indicacao_13_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/1/indicacao_13_-_cezar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/869/pl_01-2020_08042024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/9/indicacao_01_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/2/indicacao_02_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/4/indicacao_03_-_joao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/7/indicacao_04_-_tania.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/8/indicacao_05_-_tania.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/3/indicacao_06_-_gilciano.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/5/indicacao_07_-_zeca.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/6/indicacao_08_-_jurandir.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/10/indicacao_09_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/11/indicacao_10_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/12/indicacao_11_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/13/indicacao_12_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/14/indicacao_13_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/sapl/public/materialegislativa/2020/1/indicacao_13_-_cezar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.antonioolinto.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>